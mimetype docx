--- v0 (2025-10-08)
+++ v1 (2025-11-11)
@@ -1,86 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6334E237" w14:textId="13961354" w:rsidR="007440F6" w:rsidRPr="00E44B36" w:rsidRDefault="00DE789D" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00E44B36" w:rsidR="007440F6" w:rsidP="007440F6" w:rsidRDefault="00DE789D" w14:paraId="6334E237" w14:textId="13961354">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9746"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44B36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48290360" wp14:editId="5A9C35B6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48290360" wp14:editId="5A9C35B6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7680457</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-189131</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2220595" cy="596900"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="262212585" name="Picture 262212585" descr="A picture containing text, font, graphics, logo&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Picture 3" descr="A picture containing text, font, graphics, logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -91,7034 +86,9883 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2220595" cy="596900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="007440F6" w:rsidRPr="00E44B36">
+      <w:r w:rsidRPr="00E44B36" w:rsidR="007440F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Icon Accreditation</w:t>
       </w:r>
-      <w:r w:rsidR="007440F6" w:rsidRPr="00E44B36">
+      <w:r w:rsidRPr="00E44B36" w:rsidR="007440F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED73749" w14:textId="317B1D31" w:rsidR="007440F6" w:rsidRPr="00E44B36" w:rsidRDefault="007440F6" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00E44B36" w:rsidR="007440F6" w:rsidP="007440F6" w:rsidRDefault="007440F6" w14:paraId="7ED73749" w14:textId="317B1D31">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44B36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Application form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2170ED86" w14:textId="77777777" w:rsidR="007440F6" w:rsidRPr="00F343A0" w:rsidRDefault="007440F6" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="007440F6" w:rsidP="007440F6" w:rsidRDefault="007440F6" w14:paraId="2170ED86" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AD91E29" w14:textId="23FE596C" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="00FA1CE8" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="00FA1CE8" w14:paraId="4AD91E29" w14:textId="23FE596C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>SECTION 1: YOUR DETAILS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4593E886" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="4593E886" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="15163" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
-        <w:gridCol w:w="12474"/>
+        <w:gridCol w:w="4158"/>
+        <w:gridCol w:w="5481"/>
+        <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="37E3DDC8" w14:textId="77777777" w:rsidTr="007E18E7">
+      <w:tr w:rsidRPr="00F343A0" w:rsidR="00AF6302" w:rsidTr="0A699AB2" w14:paraId="37E3DDC8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="267F529B" w14:textId="4926B593" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="00AF6302" w:rsidP="007440F6" w:rsidRDefault="00AF6302" w14:paraId="267F529B" w14:textId="4926B593">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Full Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12474" w:type="dxa"/>
+            <w:tcW w:w="4158" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D90D261" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidRPr="00F343A0" w:rsidR="00AF6302" w:rsidP="007440F6" w:rsidRDefault="00AF6302" w14:paraId="1D81F57D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5481" w:type="dxa"/>
+            <w:tcMar/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F343A0" w:rsidR="00AF6302" w:rsidP="007440F6" w:rsidRDefault="00076661" w14:paraId="1DB36F97" w14:textId="10EC8DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do you have an Icon Pathway Mentor? </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F343A0" w:rsidR="00AF6302" w:rsidP="007440F6" w:rsidRDefault="00076661" w14:paraId="7D90D261" w14:noSpellErr="1" w14:textId="6C125398">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A699AB2" w:rsidR="00076661">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A699AB2" w:rsidR="07B771D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A699AB2" w:rsidR="00076661">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A699AB2" w:rsidR="5FED5AD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0A699AB2" w:rsidR="00076661">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="113E8818" w14:textId="77777777" w:rsidR="00DE789D" w:rsidRPr="00F343A0" w:rsidRDefault="00DE789D" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00DE789D" w:rsidP="007440F6" w:rsidRDefault="00DE789D" w14:paraId="113E8818" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61963187" w14:textId="09CA8D0A" w:rsidR="00FD635E" w:rsidRPr="00F343A0" w:rsidRDefault="00FA1CE8" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00FD635E" w:rsidP="007440F6" w:rsidRDefault="00FA1CE8" w14:paraId="61963187" w14:textId="09CA8D0A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>SECTION 2: YOUR ROLE AND EXPERIENCE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E65BC6F" w14:textId="77777777" w:rsidR="007E18E7" w:rsidRPr="00F343A0" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="007E18E7" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="1E65BC6F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10CCDCBB" w14:textId="707FFBD7" w:rsidR="007E18E7" w:rsidRPr="00F343A0" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="007E18E7" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="10CCDCBB" w14:textId="707FFBD7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Current / most recent role</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271CF6B4" w14:textId="77777777" w:rsidR="007E18E7" w:rsidRPr="00F343A0" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="007E18E7" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="271CF6B4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="15304" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5807"/>
         <w:gridCol w:w="9497"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="11332023" w14:textId="77777777" w:rsidTr="007E18E7">
+      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="11332023" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B7CDA4C" w14:textId="571A6C0A" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="3B7CDA4C" w14:textId="1B608A3E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Your organisation or the name of your practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FCF5D17" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="3FCF5D17" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="1FCBDE87" w14:textId="77777777" w:rsidTr="007E18E7">
+      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="1FCBDE87" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46777341" w14:textId="7A9E7886" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="46777341" w14:textId="7A9E7886">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Your job title or main area of work</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8D6E42" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="6F8D6E42" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="68619967" w14:textId="77777777" w:rsidTr="007E18E7">
+      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="68619967" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61170426" w14:textId="49AF0D08" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="61170426" w14:textId="49AF0D08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Start date in current employment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B070BEE" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="4B070BEE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="4125EFF8" w14:textId="77777777" w:rsidTr="007E18E7">
+      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="4125EFF8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF8140C" w14:textId="5F186ADD" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="4DF8140C" w14:textId="5F186ADD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Please give a brief outline of your current work responsibilities and activities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="64AAB3CC" w14:textId="77777777" w:rsidTr="004C700F">
+      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="004C700F" w14:paraId="64AAB3CC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="4424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="434FBA4B" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="434FBA4B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F6F0A21" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="4F6F0A21" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="321CF121" w14:textId="6590B3CE" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="321CF121" w14:textId="6590B3CE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Qualifications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B0DFEA2" w14:textId="62707C20" w:rsidR="001A1B8C" w:rsidRPr="002F1DE8" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
+    <w:p w:rsidRPr="002F1DE8" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="3B0DFEA2" w14:textId="62707C20">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1DE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Please list any relevant qualifications that you hold.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CF16A7" w14:textId="77777777" w:rsidR="007E18E7" w:rsidRPr="00F343A0" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="007E18E7" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="32CF16A7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="15304" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6799"/>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="1771"/>
         <w:gridCol w:w="1772"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="35C8ED05" w14:textId="77777777" w:rsidTr="007E18E7">
+      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="35C8ED05" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AC678F1" w14:textId="7C1899FA" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="6AC678F1" w14:textId="7C1899FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Qualification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1AA74A" w14:textId="56D8092D" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="5B1AA74A" w14:textId="56D8092D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2890B7E6" w14:textId="38E4D8D7" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="2890B7E6" w14:textId="38E4D8D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date from</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52EBA940" w14:textId="3E5F939C" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="52EBA940" w14:textId="3E5F939C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date to</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="1D730E33" w14:textId="77777777" w:rsidTr="007E18E7">
+      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="1D730E33" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2796"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45406797" w14:textId="2683A967" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="45406797" w14:textId="2683A967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="323C8A35" w14:textId="682D2224" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="323C8A35" w14:textId="682D2224">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9252B2" w14:textId="5DD24EFD" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="7A9252B2" w14:textId="5DD24EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="578ED44A" w14:textId="00B5E9AD" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="578ED44A" w14:textId="00B5E9AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="010209E3" w14:textId="77777777" w:rsidR="00D2709F" w:rsidRPr="00F343A0" w:rsidRDefault="00D2709F" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00D2709F" w:rsidP="007440F6" w:rsidRDefault="00D2709F" w14:paraId="010209E3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13C84BFA" w14:textId="14A7006C" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="13C84BFA" w14:textId="14A7006C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Previous experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D2F540" w14:textId="5E8B4737" w:rsidR="001A1B8C" w:rsidRPr="002F1DE8" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
+    <w:p w:rsidRPr="002F1DE8" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="67D2F540" w14:textId="5E8B4737">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1DE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please list any previous job roles that are relevant to your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A599378" w14:textId="77777777" w:rsidR="007E18E7" w:rsidRPr="00F343A0" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="007E18E7" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="7A599378" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="15304" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13462"/>
         <w:gridCol w:w="1842"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="3600300D" w14:textId="77777777" w:rsidTr="007E18E7">
+      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="3600300D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13462" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2E765C" w14:textId="520BE818" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="0A2E765C" w14:textId="520BE818">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Role</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="337F4ED6" w14:textId="0F5ED848" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="337F4ED6" w14:textId="0F5ED848">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Dates from / to</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="4694AF95" w14:textId="77777777" w:rsidTr="004C700F">
+      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="004C700F" w14:paraId="4694AF95" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="3999"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13462" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D789C11" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="1D789C11" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3707F026" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="3707F026" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="657A9147" w14:textId="3C209CFD" w:rsidR="007E18E7" w:rsidRPr="00F343A0" w:rsidRDefault="00FA1CE8" w:rsidP="007440F6">
+    <w:p w:rsidR="00465F3F" w:rsidP="007440F6" w:rsidRDefault="00465F3F" w14:paraId="21EDE8FB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F343A0">
+    </w:p>
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00151AC3" w:rsidP="007440F6" w:rsidRDefault="00151AC3" w14:paraId="3AB39A3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00151AC3" w:rsidR="00151AC3" w:rsidP="007440F6" w:rsidRDefault="00151AC3" w14:paraId="02CBEF5E" w14:textId="119F593B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00151AC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>SECTION 3: UNDERSTANDING THE NATURE OF YOUR WORK AND LIKELY PROJECTS FOR ACCREDITATION.</w:t>
+        <w:t>SECTION 3:  UNDERSTANDING YOUR PROJECTS:  GUIDANCE NOTES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21EDE8FB" w14:textId="77777777" w:rsidR="00465F3F" w:rsidRPr="00F343A0" w:rsidRDefault="00465F3F" w:rsidP="007440F6">
+    <w:p w:rsidR="00151AC3" w:rsidP="007440F6" w:rsidRDefault="00151AC3" w14:paraId="05EC23D9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00E05FDB" w:rsidP="007440F6" w:rsidRDefault="001F6A41" w14:paraId="733AE2C5" w14:textId="1670DC9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F343A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use this section of the Application Form to describe three significant projects and activities which you will be using for evidence and discussion for your assessment visit. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7609">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-        <w:t>Use this section of the Application Form to describe three significant projects and activities which you will be using for evidence and discussion for your assessment visit. We expect that you will draw on more projects at your assessment</w:t>
+        <w:t>We expect that you will draw on more projects at your assessment</w:t>
       </w:r>
       <w:r w:rsidR="00E86D78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>. T</w:t>
       </w:r>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>he purpose of this is so that we can give you initial feedback to ensure that you are ready to start building your portfolio and commencing the assessment process.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A6B79B" w14:textId="77777777" w:rsidR="001F6A41" w:rsidRPr="00F343A0" w:rsidRDefault="001F6A41" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="001F6A41" w:rsidP="007440F6" w:rsidRDefault="001F6A41" w14:paraId="66A6B79B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39CFB99A" w14:textId="6A0CADF7" w:rsidR="00CD00F0" w:rsidRPr="00F343A0" w:rsidRDefault="00E05FDB" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00CD00F0" w:rsidP="007440F6" w:rsidRDefault="00E05FDB" w14:paraId="39CFB99A" w14:textId="6A0CADF7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Instructions for selecting project</w:t>
       </w:r>
-      <w:r w:rsidR="00CD00F0" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00CD00F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>s:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D52A78" w14:textId="51299F8E" w:rsidR="00861934" w:rsidRPr="00F343A0" w:rsidRDefault="00861934" w:rsidP="00861934">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00861934" w:rsidP="00861934" w:rsidRDefault="00861934" w14:paraId="31D52A78" w14:textId="51299F8E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57DA9925" w14:textId="2CAE023C" w:rsidR="008F7F2B" w:rsidRPr="00F343A0" w:rsidRDefault="008F7F2B" w:rsidP="00DA3999">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="008F7F2B" w:rsidP="00DA3999" w:rsidRDefault="008F7F2B" w14:paraId="57DA9925" w14:textId="2CAE023C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Types of projects</w:t>
       </w:r>
-      <w:r w:rsidR="00F540D3" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00F540D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00F540D3" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00F540D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">All types of conservation-restoration projects can be </w:t>
       </w:r>
-      <w:r w:rsidR="007C6FB5" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="007C6FB5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>used;</w:t>
       </w:r>
-      <w:r w:rsidR="00F540D3" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00F540D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> we suggest that in this form you select a variety of projects which show the breadth of your practice </w:t>
       </w:r>
-      <w:r w:rsidR="00FB64BA" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00FB64BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">so that we can ensure that a) we identify the right assessor and b) that we can provide you with clear support in terms of how you demonstrate your material knowledge and technical practice through the assessment process. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3490D651" w14:textId="77777777" w:rsidR="00AD699E" w:rsidRPr="00F343A0" w:rsidRDefault="00AD699E" w:rsidP="00DA3999">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00AD699E" w:rsidP="00DA3999" w:rsidRDefault="00AD699E" w14:paraId="3490D651" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03D6EF41" w14:textId="1FF9DD47" w:rsidR="00AD699E" w:rsidRPr="00F343A0" w:rsidRDefault="00AD699E" w:rsidP="00DA3999">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00AD699E" w:rsidP="00DA3999" w:rsidRDefault="00AD699E" w14:paraId="03D6EF41" w14:textId="1FF9DD47">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Level</w:t>
       </w:r>
-      <w:r w:rsidR="001C5E9A" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="001C5E9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> of work:</w:t>
       </w:r>
-      <w:r w:rsidR="001C5E9A" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="001C5E9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> The projects you select need to </w:t>
       </w:r>
-      <w:r w:rsidR="00973E33" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00973E33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>enable you to draw out your knowledge in line with the Assessment criteria. These are projects in which you can show your d</w:t>
       </w:r>
-      <w:r w:rsidR="001C5E9A" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="001C5E9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>epth of understanding</w:t>
       </w:r>
-      <w:r w:rsidR="00245642" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00245642">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="00973E33" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00973E33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> the high standard of your work</w:t>
       </w:r>
-      <w:r w:rsidR="00245642" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00245642">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3274F5A5" w14:textId="77777777" w:rsidR="008F7F2B" w:rsidRPr="00F343A0" w:rsidRDefault="008F7F2B" w:rsidP="00DA3999">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="008F7F2B" w:rsidP="00DA3999" w:rsidRDefault="008F7F2B" w14:paraId="3274F5A5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64851654" w14:textId="0060E7BF" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00CC7377" w:rsidP="00FA3194">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00CC7377" w14:paraId="64851654" w14:textId="0D31C357">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Complexity</w:t>
       </w:r>
-      <w:r w:rsidR="008F7F2B" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="008F7F2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="0019463C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>In order to</w:t>
+        <w:t>To</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> be successful, the projects you include need to be considered ‘complex’, these are typically those projects which: </w:t>
+        <w:t xml:space="preserve"> be successful, the projects you include need to be considered ‘complex</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F343A0" w:rsidR="0019463C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> these are typically those projects which: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6040F71F" w14:textId="77777777" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00FA3194" w:rsidP="00FA3194">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00FA3194" w14:paraId="6040F71F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43E3838E" w14:textId="78E76600" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00FA3194" w:rsidP="00FA3194">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00FA3194" w14:paraId="43E3838E" w14:textId="78E76600">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Require choices between options which lead to significantly different outcomes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A3AC8D6" w14:textId="607C913F" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00FA3194" w:rsidP="00FA3194">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00FA3194" w14:paraId="0A3AC8D6" w14:textId="607C913F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Present dilemmas and value-conflicts or require significant value-judgements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3782F3" w14:textId="2C7105B4" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00FA3194" w:rsidP="00FA3194">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00FA3194" w14:paraId="0C3782F3" w14:textId="2C7105B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Present substantial technical problems, for instance in relation to unstable or degraded materials or the level of risk associated with treatments or strategies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A76983" w14:textId="722ABEA8" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00FA3194" w:rsidP="00FA3194">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00FA3194" w14:paraId="48A76983" w14:textId="722ABEA8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Require a deep level of practical understanding to be applied to the situation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59879A22" w14:textId="124FC666" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00FA3194" w:rsidP="00FA3194">
+    <w:p w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00FA3194" w14:paraId="59879A22" w14:textId="124FC666">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Require the marshalling and management of a wide range of resources.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B58E65" w14:textId="77777777" w:rsidR="00CC7377" w:rsidRPr="00F343A0" w:rsidRDefault="00CC7377" w:rsidP="00DA3999">
+    <w:p w:rsidR="007B7609" w:rsidP="007B7609" w:rsidRDefault="007B7609" w14:paraId="145C4932" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007B7609" w:rsidR="007B7609" w:rsidP="007B7609" w:rsidRDefault="007B7609" w14:paraId="453E62E3" w14:textId="2DD4BFC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">To be considered complex a project </w:t>
+      </w:r>
+      <w:r w:rsidR="0019463C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include one or more of these factors to a high degree.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00CC7377" w:rsidP="00DA3999" w:rsidRDefault="00CC7377" w14:paraId="13B58E65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DB22423" w14:textId="45EE89DC" w:rsidR="00CC7377" w:rsidRPr="00F343A0" w:rsidRDefault="00CC7377" w:rsidP="00DA3999">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00CC7377" w:rsidP="00DA3999" w:rsidRDefault="00CC7377" w14:paraId="0DB22423" w14:textId="39B7752D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Autonomy</w:t>
       </w:r>
-      <w:r w:rsidR="008F7F2B" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="008F7F2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">You are being assessed on your own personal impact on conservation decision making and your own technical skill (where relevant). This doesn’t mean that you need to have </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="0019463C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>been in charge of</w:t>
+        <w:t>overseen</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> every element, but you will need to be able to draw ou</w:t>
       </w:r>
-      <w:r w:rsidR="00F540D3" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00F540D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00861934" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00861934">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">your own role in the projects clearly. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="664A6613" w14:textId="77777777" w:rsidR="008F7F2B" w:rsidRPr="00F343A0" w:rsidRDefault="008F7F2B" w:rsidP="00DA3999">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="008F7F2B" w:rsidP="00DA3999" w:rsidRDefault="008F7F2B" w14:paraId="664A6613" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DC49B98" w14:textId="65F499E7" w:rsidR="008F7F2B" w:rsidRPr="00F343A0" w:rsidRDefault="00861934" w:rsidP="00DA3999">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="008F7F2B" w:rsidP="00DA3999" w:rsidRDefault="00861934" w14:paraId="1DC49B98" w14:textId="2FFC3550">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Evidence: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">When you are building your </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00175CCB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>portfolio</w:t>
+        <w:t>portfolio,</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> you will need to upload evidence </w:t>
       </w:r>
-      <w:r w:rsidR="00C01748" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00C01748">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>of work you have completed that addresses each of the 37 criteria that make up the Icon Professional Standards. This could take a wide range of forms, including assessment reports, images, videos or the objects itself. You need t</w:t>
+        <w:t xml:space="preserve">of work you have completed that addresses each of the 37 criteria that make up the Icon Professional Standards. This could take a wide range of forms, including assessment reports, images, </w:t>
       </w:r>
-      <w:r w:rsidR="00F540D3" w:rsidRPr="00F343A0">
+      <w:r w:rsidRPr="00F343A0" w:rsidR="0019463C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>videos,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00C01748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the objects itself. You need t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00F540D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">o feel confident that you can provide this for the projects you select for accreditation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B02255" w14:textId="77777777" w:rsidR="00CC7377" w:rsidRPr="00F343A0" w:rsidRDefault="00CC7377" w:rsidP="00DA3999">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00CC7377" w:rsidP="00DA3999" w:rsidRDefault="00CC7377" w14:paraId="03B02255" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="699D4832" w14:textId="77777777" w:rsidR="00465F3F" w:rsidRPr="00F343A0" w:rsidRDefault="00465F3F" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00465F3F" w:rsidP="007440F6" w:rsidRDefault="00465F3F" w14:paraId="699D4832" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62DFB686" w14:textId="77777777" w:rsidR="00465F3F" w:rsidRPr="00F343A0" w:rsidRDefault="00465F3F" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00465F3F" w:rsidP="007440F6" w:rsidRDefault="00465F3F" w14:paraId="62DFB686" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B6A1F67" w14:textId="5E7AAFB7" w:rsidR="00465F3F" w:rsidRPr="00E44B36" w:rsidRDefault="00C21B65" w:rsidP="007440F6">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E44B36">
+    <w:p w:rsidR="001C6FA8" w:rsidRDefault="001C6FA8" w14:paraId="5C019587" w14:textId="3CB4047F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-[...2 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Project 1 Example</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1856"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4677"/>
+        <w:gridCol w:w="3681"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="590"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="322"/>
+        <w:gridCol w:w="406"/>
+        <w:gridCol w:w="728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00465F3F" w:rsidRPr="00F343A0" w14:paraId="1477CE31" w14:textId="77777777" w:rsidTr="00C21B65">
-[...31 lines deleted...]
-            <w:tcW w:w="8771" w:type="dxa"/>
+      <w:tr w:rsidR="00C56459" w:rsidTr="0F4B59A8" w14:paraId="78069D20" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00C56459" w:rsidRDefault="00C56459" w14:paraId="7906F6AB" w14:textId="54B993B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Project Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00C56459" w:rsidRDefault="00C56459" w14:paraId="6680D8B6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C56459" w:rsidTr="0F4B59A8" w14:paraId="6D9A6711" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00C56459" w:rsidRDefault="00C56459" w14:paraId="30C6BAC1" w14:textId="5FA5A05E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Your Job Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00C56459" w:rsidRDefault="00C56459" w14:paraId="7389193E" w14:textId="12F6E793">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C56459" w:rsidTr="0F4B59A8" w14:paraId="774577CD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00C56459" w:rsidRDefault="00C56459" w14:paraId="5770E7A4" w14:textId="32D63B17">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Dates from/to</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00C56459" w:rsidRDefault="00C56459" w14:paraId="64C867DD" w14:textId="5ED6375B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C439F" w:rsidTr="0F4B59A8" w14:paraId="078B70A5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="001C439F" w:rsidRDefault="001C439F" w14:paraId="50FBF523" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="001C439F" w:rsidRDefault="001C439F" w14:paraId="6CF82AB6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00343DFB" w:rsidTr="0F4B59A8" w14:paraId="3DD5DFAD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="78"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="3E23E10A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What type of tasks did you undertake in this project?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00BC60C6" w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="668EB4FE" w14:textId="703CF80C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="2CAB8F21" w14:textId="1A541514">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Assessment of object / site or collection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="007217D2" w14:paraId="0BC27381" w14:textId="4B63CC13">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00343DFB" w:rsidTr="0F4B59A8" w14:paraId="64C90C94" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="212DC843" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="2E163B1A" w14:textId="5C24678A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Interventive Treatment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="007217D2" w14:paraId="74686A75" w14:textId="57DCE911">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00343DFB" w:rsidTr="0F4B59A8" w14:paraId="001AAE35" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="0FF47032" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="7B33441F" w14:textId="2A56B9D8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Preventive Measures</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="007217D2" w14:paraId="2F80ED41" w14:textId="7F109344">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00343DFB" w:rsidTr="0F4B59A8" w14:paraId="2D37F627" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="1A99E7B2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="39C5227D" w14:textId="2B5A6942">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="007217D2" w14:paraId="1D5A533C" w14:textId="2BCFF989">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00343DFB" w:rsidTr="0F4B59A8" w14:paraId="019CAC4C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="56EAFB8D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="302DFC89" w14:textId="5F292815">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Conservation Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="007217D2" w14:paraId="0FC131B5" w14:textId="13D2929D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E76CD4" w:rsidR="001C439F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C439F" w:rsidTr="0F4B59A8" w14:paraId="2309F0F0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="001C439F" w:rsidRDefault="001C439F" w14:paraId="728A9448" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="001C439F" w:rsidRDefault="001C439F" w14:paraId="49678299" w14:textId="2AA6A7D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Other (please specify)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E76CD4" w:rsidTr="0F4B59A8" w14:paraId="0A6E50AF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="887"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="23D62EA6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>To what extent did you have autonomy in this project?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="65EF037E" w14:noSpellErr="1" w14:textId="605D220B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0F4B59A8" w:rsidR="778C1823">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0F4B59A8" w:rsidR="778C1823">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0F4B59A8" w:rsidR="55AD33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Mark the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0F4B59A8" w:rsidR="778C1823">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> box)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="69196281" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="43C1B08E" w14:textId="2F48FA07">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Note: To be able to meet the assessment criteria at the correct level, candidates need to have enough knowledge and experience that they can work with autonomy. They should not require close supervision to ensure decisions or quality of work are acceptable.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="778BF105" w14:textId="25F995FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>I had total autonomy when working within my field of expertise</w:t>
+            </w:r>
+            <w:r w:rsidR="00546CA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, but took advice </w:t>
+            </w:r>
+            <w:r w:rsidR="004E222A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>from specialists when working outside my field of expertise.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="789F1826" w14:textId="60D21C13">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E76CD4" w:rsidTr="0F4B59A8" w14:paraId="585162FE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1126"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="451A0C2F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="18EA4766" w14:textId="06595DD9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I had some autonomy when working within my field of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E76CD4" w:rsidR="00175CCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>expertise but</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sometimes had to get decisions approved by managers or other stakeholders. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="13525346" w14:textId="48CA6DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E76CD4" w:rsidTr="0F4B59A8" w14:paraId="58C79124" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1070"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="454F9DD0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="38A37ED6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>I generally had to follow instructions provided by others.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="1A6611DA" w14:textId="602CFAEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E76CD4" w:rsidTr="0F4B59A8" w14:paraId="38AAD7B9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="194"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14596" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0010522A" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="35487B31" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0010522A" w:rsidTr="0F4B59A8" w14:paraId="3FB676AD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="485"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="507780F7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Which of the Icon Professional Standards does this project meet? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="009A454A" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="5A153F8B" w14:textId="4DD9B3C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A454A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Highlight all that are relevant)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="625296CA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="0D22B4A5" w14:textId="0E56F738">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B07BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Note: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment candidates are required to explicitly explain </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A761B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>how</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projects relate to specific professional standards. Therefore, being aware exactly </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B24866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>which</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> standards are covered by which project </w:t>
+            </w:r>
+            <w:r w:rsidR="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>is v</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ital.</w:t>
+            </w:r>
+            <w:r w:rsidR="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Refer to the ACR Assessment Criteria for details.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="6DDB70C7" w14:textId="6DE294A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF" w:rsidR="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="16827469" w14:textId="6D7B4707">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="25B8AC33" w14:textId="03338732">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="38B2E204" w14:textId="68EBEDC0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="419583DA" w14:textId="65162AD8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="1FF01837" w14:textId="592F5FAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="0778C8A8" w14:textId="794F2F6D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0010522A" w:rsidTr="0F4B59A8" w14:paraId="3EBBC1E8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="296D8D0E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="238CA57D" w14:textId="7E0BCD4A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF" w:rsidR="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="65B576F6" w14:textId="34421713">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="7DA1B14D" w14:textId="6034A090">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="3F1BD36E" w14:textId="52AF790B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8005" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="6AC911C6" w14:textId="711DE950">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005706AD" w:rsidTr="0F4B59A8" w14:paraId="505E544C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="440AA730" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="556E45A9" w14:textId="42A701D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF" w:rsidR="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="02734235" w14:textId="408FF403">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="1ABFAE9E" w14:textId="72326F9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="469AA231" w14:textId="5356956D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="354D0486" w14:textId="509F9CAF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="66B35089" w14:textId="64BBB421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="08257908" w14:textId="0CF49056">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5822" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="67BCC855" w14:textId="136CF135">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00942B64" w:rsidTr="0F4B59A8" w14:paraId="10866F98" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="4DD4C545" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="15BAD05A" w14:textId="09CA13D8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF" w:rsidR="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="3AD7C3B1" w14:textId="38F60C68">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="027B4395" w14:textId="5675A5E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="4DDC5C48" w14:textId="2B8782EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="19CD15FF" w14:textId="77E47E1F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="6BD187F7" w14:textId="20263870">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="76A0C3DA" w14:textId="521BF60A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF4CA9" w:rsidTr="0F4B59A8" w14:paraId="44ECD4B3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="1073D531" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="20648D9C" w14:textId="5900BE50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF" w:rsidR="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="4C995FF4" w14:textId="354A9D30">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="3302FC04" w14:textId="6DDBC683">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="148B0045" w14:textId="7BD48F4D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="3396103D" w14:textId="7C8602FC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7277" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="46C66A67" w14:textId="515E0EA4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0010522A" w:rsidTr="0F4B59A8" w14:paraId="6C8E3D6F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="4CA8A45A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="7D9D0D8E" w14:textId="7888293B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF" w:rsidR="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="0D1DED9C" w14:textId="06BC81B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="5031383D" w14:textId="5B48B1CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="0B474957" w14:textId="5E511B72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="48D54587" w14:textId="078129B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="38D92B5A" w14:textId="0194F0ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="7E60F754" w14:textId="46FD34B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="68FD5756" w14:textId="2C89506F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="5A0C67F7" w14:textId="6BE0C678">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="28FD53E3" w14:textId="1A3D4789">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007940EF" w:rsidR="0057604B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0057604B" w14:paraId="1987E72F" w14:textId="6423A663">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0057604B" w14:paraId="0DBCC700" w14:textId="17336BAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0057604B" w14:paraId="1E2B0512" w14:textId="2EABA085">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0057604B" w14:paraId="736E549C" w14:textId="3CF2B9C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0057604B" w14:paraId="7CB5FBEA" w14:textId="0FCBFCFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidRPr="00CD3BB6" w:rsidR="00465F3F" w:rsidP="00CD3BB6" w:rsidRDefault="001C6FA8" w14:paraId="0E1597EA" w14:textId="177D4B19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidRPr="00E44B36" w:rsidR="00C21B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Project 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3BB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="218"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="15388"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C2267C" w:rsidTr="00CD3BB6" w14:paraId="46DB9E05" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="944"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="0085AC1E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008666A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Background to the Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86B0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Approximately 100 words)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="002C23B4" w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="2328A935" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Please provide any useful contextual information to help us understand the nature of the project. For example: history, provenance, condition, use, location, storage etc.) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="1D239339" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...955 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="6A3B5055" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...63 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="2EE2BD84" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...63 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="04DD320B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="00C22C5F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="398BA46A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="1DE07455" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465F3F" w:rsidRPr="00F343A0" w14:paraId="664758AC" w14:textId="77777777" w:rsidTr="00C21B65">
-[...75 lines deleted...]
-                <w:lang w:val="en-US"/>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="00CD3BB6" w14:paraId="74F45637" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="943"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00676890" w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="2FABB640" w14:textId="096E40A7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00676890">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What was your role in this project? Describe the various tasks you performed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00676890" w:rsidR="0019463C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00676890">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Approximately 200 words)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00676890" w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="697B8725" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="42FC84BC" w14:textId="673F5755">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00676890">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Be as specific as possible (for instance, don’t just say ‘I performed treatments’ give detail about the nature of these treatments.) Use conservation terminology. Focus on your individual contribution rather than the work of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00676890" w:rsidR="0019463C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>team</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00676890">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="1BCE149E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="47198A4D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="34A0DA22" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="53048602" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="627B8B2C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="15A0F249" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="554D4FE8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="0A92E70A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="28EF8457" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="3EC88CF3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="1AF22FCC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="6DED2D66" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="008666A2" w:rsidR="00CD3BB6" w:rsidP="00C2267C" w:rsidRDefault="00CD3BB6" w14:paraId="254220E2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465F3F" w:rsidRPr="00F343A0" w14:paraId="3A7BE2D7" w14:textId="77777777" w:rsidTr="00C21B65">
-[...396 lines deleted...]
-      <w:tr w:rsidR="00465F3F" w:rsidRPr="00F343A0" w14:paraId="6A729DC4" w14:textId="77777777" w:rsidTr="00C21B65">
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="00CD3BB6" w14:paraId="781602AF" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="5468"/>
+          <w:trHeight w:val="943"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10627" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:tcW w:w="15388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="12B7EBFA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00645CB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>With reference to the Icon criteria for complexity (see guidance notes page for details), explain why this project is a complex project.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="31A5F9C0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB79AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Approximately 100 words.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="6DA0A8F6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="698D6B8B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="16BB652E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="6855BE05" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="71E5995A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="75685937" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="008666A2" w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="5C9C6D32" w14:textId="34E4894C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E1597EA" w14:textId="77777777" w:rsidR="00465F3F" w:rsidRPr="00F343A0" w:rsidRDefault="00465F3F" w:rsidP="007440F6">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00B44332" w:rsidRDefault="00B44332" w14:paraId="1A13E80D" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551A8711" w14:textId="5CEA78EF" w:rsidR="00C21B65" w:rsidRPr="00E44B36" w:rsidRDefault="00C21B65" w:rsidP="00C21B65">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E44B36">
+    <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="0D3B5399" w14:textId="6D7AEBD4">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-[...2 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Project 2 Example</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1856"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4677"/>
+        <w:gridCol w:w="3681"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="590"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="322"/>
+        <w:gridCol w:w="406"/>
+        <w:gridCol w:w="728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C21B65" w:rsidRPr="00F343A0" w14:paraId="6D312821" w14:textId="77777777" w:rsidTr="004617C4">
-[...31 lines deleted...]
-            <w:tcW w:w="8771" w:type="dxa"/>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="7031F034" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3802B9F9" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Project Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5BA5516F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="60F30C7B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="46D8F5C6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Your Job Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0C598294" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="7A957BDD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6732A4AC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Dates from/to</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1CE43A18" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="01F6F29E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="53BDC29F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="31E038FC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="2D6B9072" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="78"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="79C64D6B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What type of tasks did you undertake in this project?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00BC60C6" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="479500A7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3A46DE1C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Assessment of object / site or collection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...15 lines deleted...]
-            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4BC3B109" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="4C1A8FFF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="129127A7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="65AAFB05" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Interventive Treatment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6B6CE859" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="62E1F629" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3213189B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="21A3CC86" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Preventive Measures</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="23E9FED5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="49D698BA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="11AD795C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="47157891" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1DBF2AB8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="482AD574" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="48AE0723" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5754B550" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Conservation Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="67BC919B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="1E03984B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2E4B9D6E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="25E35A15" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Other (please specify)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="636ECE29" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="887"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-[...898 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0AF645B9" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>To what extent did you have autonomy in this project?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0F4B59A8" w:rsidRDefault="00CD3BB6" w14:paraId="24DD80D5" w14:noSpellErr="1" w14:textId="1DE3D0DD">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0F4B59A8" w:rsidR="00CD3BB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0F4B59A8" w:rsidR="3C7243CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Mark the box)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="60A42ED0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="15A4CDB0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Note: To be able to meet the assessment criteria at the correct level, candidates need to have enough knowledge and experience that they can work with autonomy. They should not require close supervision to ensure decisions or quality of work are acceptable.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6E739088" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I had total autonomy when working within my field of expertise </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="627CA911" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C21B65" w:rsidRPr="00F343A0" w14:paraId="5708B888" w14:textId="77777777" w:rsidTr="004617C4">
-[...31 lines deleted...]
-            <w:tcW w:w="8771" w:type="dxa"/>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="3A59FE76" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1126"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2CE7E4B2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="573D466C" w14:textId="085E743F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I had some autonomy when working within my field of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E76CD4" w:rsidR="00175CCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>expertise but</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sometimes had to get decisions approved by managers or other stakeholders. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...15 lines deleted...]
-            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="64C37B31" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="01A58574" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1070"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2983D1C8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4113A220" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>I generally had to follow instructions provided by others.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="293F6F82" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C21B65" w:rsidRPr="00F343A0" w14:paraId="4C1F1579" w14:textId="77777777" w:rsidTr="004617C4">
-[...31 lines deleted...]
-            <w:tcW w:w="8771" w:type="dxa"/>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="2495F5BD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="194"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14596" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0010522A" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="45FD6199" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="29B10B18" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="485"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="280119B8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Which of the Icon Professional Standards does this project meet? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="009A454A" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4D447B50" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A454A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Highlight all that are relevant)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="573B933D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="238C6992" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B07BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Note: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment candidates are required to explicitly explain </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A761B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>how</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projects relate to specific professional standards. Therefore, being aware exactly which standards are covered by which project is vital. Refer to the ACR Assessment Criteria for details.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5CBADAC8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St. 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="07681535" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3F0250F8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="56E91535" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="46DF674C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="038AAEAC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7A5BAAB6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="0B4B284A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="08035EAE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0453ED37" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St. 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="22C00CB5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3CB4384C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="68E08C74" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8005" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="09793DF9" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="6298077B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5D556683" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="304AA24E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St. 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3A4167B2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7A33FDF0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="37A1DE11" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="57D11202" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0AACBCC8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1FD30745" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5822" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7DCAA7E5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="4346695E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7D63ED4B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7D9360DC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St. 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="19F7D9A0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="546492C9" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="316003AF" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4B7A222C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="277DC468" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1EE49C21" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="2FBA622E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7F450AA5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="16B6516F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St. 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6B5EBB9B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2C501090" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1698237B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6595DDE1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7277" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="416DE36B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="14C189ED" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1C553E2D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0D3F186C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St. 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="48989311" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="204ED6FC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0B9A32EE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="35A07C79" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="68D407A5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="29362F0B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1EB77444" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7EF4222D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="76D01181" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="273C7721" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="55B2EACE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4BE6B50E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6CBCBA37" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1F40D1E9" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C21B65" w:rsidRPr="00F343A0" w14:paraId="1DE91F89" w14:textId="77777777" w:rsidTr="004617C4">
-[...47 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:tbl>
+    <w:p w:rsidRPr="00CD3BB6" w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="5FD4F800" w14:textId="3D45096C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidRPr="00E44B36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Project </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2 Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="218"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="15388"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0076657C" w14:paraId="0BCA36C2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="944"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="083B0CF7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008666A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Background to the Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Approximately 100 words) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="002C23B4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5C6D27F6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Please provide any useful contextual information to help us understand the nature of the project. For example: history, provenance, condition, use, location, storage etc.) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="62A2E61A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1E625634" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3D91CBCD" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...74 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1D44592E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...74 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="621E0E27" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...74 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3611E335" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...74 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="67463773" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C21B65" w:rsidRPr="00F343A0" w14:paraId="22641395" w14:textId="77777777" w:rsidTr="004617C4">
-[...71 lines deleted...]
-                <w:lang w:val="en-US"/>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0076657C" w14:paraId="263D761E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="943"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00676890" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="67A36D3E" w14:textId="1D92365C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00676890">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What was your role in this project? Describe the various tasks you performed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00676890" w:rsidR="0019463C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00676890">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Approximately 200 words)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00676890" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="03A2C948" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="171075E6" w14:textId="7EA81AC0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00676890">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Be as specific as possible (for instance, don’t just say ‘I performed treatments’ give detail about the nature of these treatments.) Use conservation terminology. Focus on your individual contribution rather than the work of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00676890" w:rsidR="0019463C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>team</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00676890">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6D87A882" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="085866A9" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4267165E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="07D1FE1A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1E0DD8C8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="14422004" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="47D2E523" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="00AD4596" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1253451D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1F8F372A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="54440C21" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="51922338" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="008666A2" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6E5DF99A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C21B65" w:rsidRPr="00F343A0" w14:paraId="1C7E2684" w14:textId="77777777" w:rsidTr="004617C4">
-[...68 lines deleted...]
-      <w:tr w:rsidR="00C21B65" w:rsidRPr="00F343A0" w14:paraId="776F36B8" w14:textId="77777777" w:rsidTr="004617C4">
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0076657C" w14:paraId="479DDA7E" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="5468"/>
+          <w:trHeight w:val="943"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10627" w:type="dxa"/>
-[...51 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:tcW w:w="15388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1EE92967" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00645CB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>With reference to the Icon criteria for complexity (see guidance notes page for details), explain why this project is a complex project.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="71E61959" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB79AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Approximately 100 words.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="23676FBB" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="52363146" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="040D2A31" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="08185286" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2822A56A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="543098F7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="008666A2" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6769242E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A5764E6" w14:textId="77777777" w:rsidR="00C21B65" w:rsidRPr="00F343A0" w:rsidRDefault="00C21B65" w:rsidP="007440F6">
-[...42 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="0DD3EF30" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="168BCEFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="2695ECC0" w14:textId="2C0D64B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Project 3 Example</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1856"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4677"/>
+        <w:gridCol w:w="3681"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="590"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="728"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="322"/>
+        <w:gridCol w:w="406"/>
+        <w:gridCol w:w="728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C21B65" w:rsidRPr="00F343A0" w14:paraId="52AF5CD7" w14:textId="77777777" w:rsidTr="004617C4">
-[...31 lines deleted...]
-            <w:tcW w:w="8771" w:type="dxa"/>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="428541BB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="60A85A04" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Project Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3592243E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="23BA26C4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0D37694B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Your Job Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="21CF2B3A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="6613ECA2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="376DE6C0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Dates from/to</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0E3A1A69" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="2BB3E984" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2569EF6D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6C12E3A4" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="1C299D13" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="78"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="301225D3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What type of tasks did you undertake in this project?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00BC60C6" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4341E452" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="51E1015E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Assessment of object / site or collection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...15 lines deleted...]
-            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3FFE5C59" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="672C9B0C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="037B941C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="36ED9E1C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Interventive Treatment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="54D76AE4" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="03A1E1AD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3544FC9E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="329C0A66" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Preventive Measures</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2747AC18" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="4BD5C6EC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="745B4BDD" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6D7A48F4" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="074DB999" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="097E2969" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="633D293E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3C6423BD" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Conservation Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="68BBD8EF" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="43AAEB2B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="480759CA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10915" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5D0C8082" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Other (please specify)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="629086D1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="887"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-[...898 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0F0CB8B3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>To what extent did you have autonomy in this project?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0F4B59A8" w:rsidRDefault="00CD3BB6" w14:paraId="761669F7" w14:noSpellErr="1" w14:textId="581441D7">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0F4B59A8" w:rsidR="00CD3BB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0F4B59A8" w:rsidR="75D4F99A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Mark the box)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="54EC18BF" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="007E4682" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Note: To be able to meet the assessment criteria at the correct level, candidates need to have enough knowledge and experience that they can work with autonomy. They should not require close supervision to ensure decisions or quality of work are acceptable.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0763AB04" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I had total autonomy when working within my field of expertise </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="15A47E5E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C21B65" w:rsidRPr="00F343A0" w14:paraId="458C88AA" w14:textId="77777777" w:rsidTr="004617C4">
-[...31 lines deleted...]
-            <w:tcW w:w="8771" w:type="dxa"/>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="32734B6A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1126"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5D90FDFE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1E6CD763" w14:textId="1741F2D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I had some autonomy when working within my field of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E76CD4" w:rsidR="00175CCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>expertise but</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sometimes had to get decisions approved by managers or other stakeholders. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...15 lines deleted...]
-            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="508FA9D6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="41AAFEE2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1070"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0C20DEBA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="640D4868" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E76CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>I generally had to follow instructions provided by others.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6C9F9884" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C21B65" w:rsidRPr="00F343A0" w14:paraId="0BF63B6B" w14:textId="77777777" w:rsidTr="004617C4">
-[...31 lines deleted...]
-            <w:tcW w:w="8771" w:type="dxa"/>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="3765EBE2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="194"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14596" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0010522A" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5800F28D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="79363F0E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="485"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5C16FCB7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Which of the Icon Professional Standards does this project meet? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="009A454A" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="78E9DA7C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A454A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Highlight all that are relevant)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3E6FB75D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5EDA4F6A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B07BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Note: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment candidates are required to explicitly explain </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A761B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>how</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projects relate to specific professional standards. Therefore, being aware exactly which standards are covered by which project is vital. Refer to the ACR Assessment Criteria for details.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="78256D2C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St. 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4EDA1EC1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="20DAB000" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="009EBA55" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="645F098C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2CFE2251" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2C77564B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="6CA65AD1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="311DE4B0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="62DAFD4A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St. 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0633F96C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="12F4492D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="40A80BE1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8005" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="09DC89FD" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="2D28669F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="44F6EEB3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="50301CB9" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St. 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="60CABAEC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5C71E825" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="18E3A950" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="70E31BAE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="53A9D633" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="358B4343" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5822" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3AA027EC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="5A7DD00E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="01F5AC18" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="48D7CF63" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St. 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1A3BEB6D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="07C372A4" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7011C056" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="740C9D5F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="22FE48B7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="10384A0F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="0CA44CB2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="27A3822D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="46C5D110" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St. 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2DF22F0D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3F03D034" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="10572380" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="79F99959" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7277" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="777CDFD8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="1B8E2020" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="483"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="161EF972" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3D544768" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>St. 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="65443513" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="04B50102" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2EF45ACE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6F4C69B3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="617FE233" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0215A735" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="13BC4637" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="38DE7B08" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4A22C496" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="32DC90CD" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="52ABC7F0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="23221642" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6DBCB42C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="728" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7B58DFC9" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007940EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6.14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C21B65" w:rsidRPr="00F343A0" w14:paraId="672337EB" w14:textId="77777777" w:rsidTr="004617C4">
-[...47 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:tbl>
+    <w:p w:rsidRPr="00CD3BB6" w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="36733A13" w14:textId="561055E7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidRPr="00E44B36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Project </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3 Example</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="218"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="15388"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0076657C" w14:paraId="5F5BFB86" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="944"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7D87CB8E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008666A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Background to the Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Approximately 100 words) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="002C23B4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5D9912ED" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Please provide any useful contextual information to help us understand the nature of the project. For example: history, provenance, condition, use, location, storage etc.) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5477F02E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1845E5A3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...508 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4C875849" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="35739BCB" w14:textId="3AF2CF40" w:rsidR="00C21B65" w:rsidRPr="00F343A0" w:rsidRDefault="00C21B65" w:rsidP="004617C4">
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7F52B997" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...15 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="23A6C43A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4FC2ADFA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7A991F8A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0076657C" w14:paraId="71EC5B4B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="943"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00676890" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="66CD3066" w14:textId="55E67AF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00676890">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What was your role in this project? Describe the various tasks you performed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00676890" w:rsidR="0019463C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00676890">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Approximately 200 words)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00676890" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="68C6A865" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="283727C0" w14:textId="69383931">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00676890">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Be as specific as possible (for instance, don’t just say ‘I performed treatments’ give detail about the nature of these treatments.) Use conservation terminology. Focus on your individual contribution rather than the work of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00676890" w:rsidR="0019463C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>team</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00676890">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="66FCAA4B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="061DEC45" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="44FDD18E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="585D2128" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="07CDDCF1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7FA1C21E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7BA0FE6B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6A4D4315" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="31137258" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="52165B28" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3EB3E86B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="16E83760" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="008666A2" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="65A123EE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0076657C" w14:paraId="1F1A0EC8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="943"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1377336D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00645CB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>With reference to the Icon criteria for complexity (see guidance notes page for details), explain why this project is a complex project.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5EFC94B8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB79AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Approximately 100 words.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1AE2328F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="72BA5803" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="71CF508A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3951BC3D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0FAF3E9D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5101C754" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="008666A2" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4C48C77E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E7D6FA7" w14:textId="77777777" w:rsidR="00C21B65" w:rsidRPr="00F343A0" w:rsidRDefault="00C21B65" w:rsidP="007440F6">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidRPr="00CD3BB6" w:rsidR="00C21B65" w:rsidRDefault="00C21B65" w14:paraId="60D80FF5" w14:textId="1E7F5304">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7983A490" w14:textId="0BBC4057" w:rsidR="00FA1CE8" w:rsidRPr="00F343A0" w:rsidRDefault="00FA1CE8" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00C21B65" w:rsidP="007440F6" w:rsidRDefault="00C21B65" w14:paraId="5E7D6FA7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA1CE8" w:rsidP="00CD3BB6" w:rsidRDefault="00FA1CE8" w14:paraId="7983A490" w14:textId="53F9334C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>SUBMISSION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B35376E" w14:textId="77777777" w:rsidR="00FA1CE8" w:rsidRPr="00F343A0" w:rsidRDefault="00FA1CE8" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA1CE8" w:rsidP="007440F6" w:rsidRDefault="00FA1CE8" w14:paraId="0B35376E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A53EE00" w14:textId="77777777" w:rsidR="00FA1CE8" w:rsidRPr="00F343A0" w:rsidRDefault="00FA1CE8" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA1CE8" w:rsidP="007440F6" w:rsidRDefault="00FA1CE8" w14:paraId="6A53EE00" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F7CD09B" w14:textId="139C32C2" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="5F7CD09B" w14:textId="139C32C2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>APPLICANT DECLARATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="525BA918" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="525BA918" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2172CEF1" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="2172CEF1" w14:textId="5B3F85C5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">I declare that all statements which I have made in this document are to the best of my knowledge truthful.  I undertake to comply with the Icon Professional Standards and Code of Conduct in my work.  I accept that in the case of an appeal against a review </w:t>
+        <w:t>I declare that all statements which I have made in this document are to the best of my knowledge truthful</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F343A0" w:rsidR="0019463C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>decision,</w:t>
+        <w:t>I undertake to comply with the Icon Professional Standards and Code of Conduct in my work</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F343A0" w:rsidR="0019463C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F343A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I accept that in the case of an appeal against a review </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F343A0" w:rsidR="00175CCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>decision;</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the decision of the Icon is final. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C79C97E" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="4C79C97E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7733CDB9" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="7733CDB9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Deliberately making a statement which is false or calculated to mislead will result in disqualification from accreditation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09852FA9" w14:textId="77777777" w:rsidR="00FA1CE8" w:rsidRPr="00F343A0" w:rsidRDefault="00FA1CE8" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA1CE8" w:rsidP="007440F6" w:rsidRDefault="00FA1CE8" w14:paraId="09852FA9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19682214" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="19682214" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7298"/>
         <w:gridCol w:w="7298"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C34523" w:rsidRPr="00F343A0" w14:paraId="546D5D56" w14:textId="77777777" w:rsidTr="00C34523">
+      <w:tr w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidTr="00C34523" w14:paraId="546D5D56" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7298" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF01416" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="4AF01416" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7298" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="773F5A05" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
+          <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="773F5A05" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="02A29F43" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="02A29F43" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33C479D9" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
+    <w:p w:rsidR="0F4B59A8" w:rsidP="0F4B59A8" w:rsidRDefault="0F4B59A8" w14:paraId="186375D0" w14:textId="56F27384">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0F4B59A8" w:rsidP="0F4B59A8" w:rsidRDefault="0F4B59A8" w14:paraId="76818E3E" w14:textId="4940D66B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="33C479D9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">End of Application Form </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F085C5" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
+    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="71F085C5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidSect="00FD635E">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+    <w:sectPr w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidSect="00FD635E">
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45663A2B" w14:textId="77777777" w:rsidR="00E5416D" w:rsidRDefault="00E5416D" w:rsidP="00FB64BA">
+    <w:p w:rsidR="00EF68B4" w:rsidP="00FB64BA" w:rsidRDefault="00EF68B4" w14:paraId="19E87A86" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09F0CE33" w14:textId="77777777" w:rsidR="00E5416D" w:rsidRDefault="00E5416D" w:rsidP="00FB64BA">
+    <w:p w:rsidR="00EF68B4" w:rsidP="00FB64BA" w:rsidRDefault="00EF68B4" w14:paraId="5328837F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7149,1782 +9993,1836 @@
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="75A4BC85" w14:textId="77777777" w:rsidR="00FB64BA" w:rsidRDefault="00FB64BA">
-[...19 lines deleted...]
-  <w:p w14:paraId="05FB6038" w14:textId="77777777" w:rsidR="00FB64BA" w:rsidRDefault="00FB64BA">
+  <w:p w:rsidR="00FB64BA" w:rsidRDefault="00FB64BA" w14:paraId="184FEBEE" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38A1FF70" w14:textId="77777777" w:rsidR="00E5416D" w:rsidRDefault="00E5416D" w:rsidP="00FB64BA">
+    <w:p w:rsidR="00EF68B4" w:rsidP="00FB64BA" w:rsidRDefault="00EF68B4" w14:paraId="0A6CFA44" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C1D40F3" w14:textId="77777777" w:rsidR="00E5416D" w:rsidRDefault="00E5416D" w:rsidP="00FB64BA">
+    <w:p w:rsidR="00EF68B4" w:rsidP="00FB64BA" w:rsidRDefault="00EF68B4" w14:paraId="0341EA2C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02D71B37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7CEE337A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="104965F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A4AB16A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="128F2A6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB2CA53A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D6D1E6D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="05724390"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A6058B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE16260E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CD8232C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11C8A33E"/>
     <w:lvl w:ilvl="0" w:tplc="08090009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F436569"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50009F24"/>
     <w:lvl w:ilvl="0" w:tplc="08090009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61734AA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="31D8A71A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="674B7EAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5120C26"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A075E31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A94C735C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F02561D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E18EBEF8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F5B2829"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="774044E4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1230455800">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1414548802">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="793016048">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="443429464">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="397171486">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1367487001">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="952244064">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2023362185">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1370648627">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="447555516">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="722561060">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="318853352">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E3371"/>
+    <w:rsid w:val="00001086"/>
+    <w:rsid w:val="00003AC0"/>
     <w:rsid w:val="00074A74"/>
+    <w:rsid w:val="00076661"/>
+    <w:rsid w:val="000D39DF"/>
+    <w:rsid w:val="000D6732"/>
+    <w:rsid w:val="000D75E8"/>
+    <w:rsid w:val="000E72EC"/>
+    <w:rsid w:val="000F3FE2"/>
+    <w:rsid w:val="000F710B"/>
+    <w:rsid w:val="0010522A"/>
     <w:rsid w:val="00111DAD"/>
     <w:rsid w:val="0014350E"/>
     <w:rsid w:val="00146E03"/>
+    <w:rsid w:val="00151AC3"/>
+    <w:rsid w:val="00175CCB"/>
+    <w:rsid w:val="0019463C"/>
     <w:rsid w:val="001A1B8C"/>
+    <w:rsid w:val="001A37BE"/>
+    <w:rsid w:val="001A7EB7"/>
+    <w:rsid w:val="001B07BF"/>
+    <w:rsid w:val="001C439F"/>
     <w:rsid w:val="001C5E9A"/>
-    <w:rsid w:val="001E06EE"/>
+    <w:rsid w:val="001C6FA8"/>
+    <w:rsid w:val="001D00DA"/>
+    <w:rsid w:val="001D2F21"/>
     <w:rsid w:val="001F6A41"/>
     <w:rsid w:val="00204558"/>
+    <w:rsid w:val="00230240"/>
+    <w:rsid w:val="00232DBC"/>
+    <w:rsid w:val="002367D5"/>
+    <w:rsid w:val="00237A63"/>
     <w:rsid w:val="00245642"/>
     <w:rsid w:val="00272E11"/>
     <w:rsid w:val="00275244"/>
     <w:rsid w:val="0028468E"/>
+    <w:rsid w:val="002B64D0"/>
+    <w:rsid w:val="002C23B4"/>
+    <w:rsid w:val="002E78A6"/>
     <w:rsid w:val="002F1DE8"/>
     <w:rsid w:val="003160E1"/>
+    <w:rsid w:val="00337685"/>
+    <w:rsid w:val="00343DFB"/>
+    <w:rsid w:val="00347817"/>
     <w:rsid w:val="003A098C"/>
+    <w:rsid w:val="003D575A"/>
+    <w:rsid w:val="003F5C25"/>
+    <w:rsid w:val="00434150"/>
     <w:rsid w:val="0045774B"/>
     <w:rsid w:val="00465F3F"/>
+    <w:rsid w:val="00466225"/>
     <w:rsid w:val="004B62D0"/>
     <w:rsid w:val="004C700F"/>
     <w:rsid w:val="004D711B"/>
+    <w:rsid w:val="004E222A"/>
+    <w:rsid w:val="004F00EB"/>
     <w:rsid w:val="00505F06"/>
+    <w:rsid w:val="00546CA8"/>
     <w:rsid w:val="00547C61"/>
+    <w:rsid w:val="005706AD"/>
+    <w:rsid w:val="0057604B"/>
+    <w:rsid w:val="005A761B"/>
+    <w:rsid w:val="005D29CD"/>
+    <w:rsid w:val="005D2CF7"/>
     <w:rsid w:val="00645275"/>
-    <w:rsid w:val="00677AC8"/>
+    <w:rsid w:val="00645CB8"/>
+    <w:rsid w:val="00655442"/>
+    <w:rsid w:val="00676890"/>
     <w:rsid w:val="006A5DFD"/>
+    <w:rsid w:val="006D414E"/>
+    <w:rsid w:val="006D5F6B"/>
+    <w:rsid w:val="006E1621"/>
+    <w:rsid w:val="007217D2"/>
+    <w:rsid w:val="00724646"/>
+    <w:rsid w:val="00741A81"/>
     <w:rsid w:val="007440F6"/>
     <w:rsid w:val="007558CE"/>
+    <w:rsid w:val="007940EF"/>
+    <w:rsid w:val="0079692C"/>
+    <w:rsid w:val="007B7609"/>
     <w:rsid w:val="007C6FB5"/>
     <w:rsid w:val="007E18E7"/>
     <w:rsid w:val="007E3371"/>
+    <w:rsid w:val="00802F0F"/>
+    <w:rsid w:val="00824201"/>
     <w:rsid w:val="008427A9"/>
     <w:rsid w:val="0084511D"/>
     <w:rsid w:val="00861934"/>
+    <w:rsid w:val="008666A2"/>
     <w:rsid w:val="00873298"/>
+    <w:rsid w:val="008B5984"/>
     <w:rsid w:val="008F7F2B"/>
+    <w:rsid w:val="0092331A"/>
     <w:rsid w:val="0094103A"/>
+    <w:rsid w:val="00942B64"/>
     <w:rsid w:val="00973E33"/>
     <w:rsid w:val="00995B88"/>
+    <w:rsid w:val="009A454A"/>
+    <w:rsid w:val="00A05104"/>
     <w:rsid w:val="00A11DA7"/>
+    <w:rsid w:val="00A553BE"/>
     <w:rsid w:val="00A65A9A"/>
+    <w:rsid w:val="00A90E1D"/>
+    <w:rsid w:val="00AA4343"/>
+    <w:rsid w:val="00AB3643"/>
+    <w:rsid w:val="00AB79AE"/>
+    <w:rsid w:val="00AB7D09"/>
     <w:rsid w:val="00AD699E"/>
+    <w:rsid w:val="00AF6302"/>
     <w:rsid w:val="00B07BBF"/>
+    <w:rsid w:val="00B24866"/>
     <w:rsid w:val="00B33395"/>
     <w:rsid w:val="00B3612B"/>
+    <w:rsid w:val="00B42A03"/>
+    <w:rsid w:val="00B44332"/>
+    <w:rsid w:val="00B524FE"/>
     <w:rsid w:val="00B71614"/>
-    <w:rsid w:val="00B87976"/>
     <w:rsid w:val="00B93B80"/>
+    <w:rsid w:val="00BC60C6"/>
+    <w:rsid w:val="00BC7634"/>
+    <w:rsid w:val="00BD2E93"/>
     <w:rsid w:val="00BE4708"/>
     <w:rsid w:val="00BF54DB"/>
     <w:rsid w:val="00BF6B49"/>
+    <w:rsid w:val="00C0157F"/>
     <w:rsid w:val="00C01748"/>
     <w:rsid w:val="00C21B65"/>
+    <w:rsid w:val="00C2267C"/>
     <w:rsid w:val="00C34523"/>
+    <w:rsid w:val="00C43510"/>
+    <w:rsid w:val="00C56459"/>
+    <w:rsid w:val="00C86B0B"/>
+    <w:rsid w:val="00CC0D11"/>
     <w:rsid w:val="00CC7377"/>
     <w:rsid w:val="00CD00F0"/>
     <w:rsid w:val="00CD25AB"/>
+    <w:rsid w:val="00CD3BB6"/>
+    <w:rsid w:val="00CD3E55"/>
     <w:rsid w:val="00D2709F"/>
     <w:rsid w:val="00D65EFF"/>
     <w:rsid w:val="00DA3999"/>
     <w:rsid w:val="00DE75B3"/>
     <w:rsid w:val="00DE789D"/>
     <w:rsid w:val="00E05FDB"/>
+    <w:rsid w:val="00E27BC4"/>
+    <w:rsid w:val="00E3317E"/>
     <w:rsid w:val="00E44B36"/>
+    <w:rsid w:val="00E45303"/>
     <w:rsid w:val="00E5416D"/>
+    <w:rsid w:val="00E6701A"/>
+    <w:rsid w:val="00E76CD4"/>
     <w:rsid w:val="00E86D78"/>
+    <w:rsid w:val="00EC5C54"/>
+    <w:rsid w:val="00EF4CA9"/>
+    <w:rsid w:val="00EF68B4"/>
+    <w:rsid w:val="00F171AC"/>
     <w:rsid w:val="00F343A0"/>
     <w:rsid w:val="00F4031E"/>
+    <w:rsid w:val="00F4527D"/>
     <w:rsid w:val="00F540D3"/>
     <w:rsid w:val="00F75551"/>
     <w:rsid w:val="00FA1CE8"/>
     <w:rsid w:val="00FA3194"/>
     <w:rsid w:val="00FB0363"/>
+    <w:rsid w:val="00FB15B4"/>
     <w:rsid w:val="00FB64BA"/>
     <w:rsid w:val="00FD635E"/>
+    <w:rsid w:val="07B771D9"/>
+    <w:rsid w:val="08EC5E9A"/>
+    <w:rsid w:val="0A699AB2"/>
+    <w:rsid w:val="0F4B59A8"/>
+    <w:rsid w:val="3C7243CA"/>
+    <w:rsid w:val="55AD33F2"/>
+    <w:rsid w:val="5FED5AD6"/>
+    <w:rsid w:val="62E0A51F"/>
+    <w:rsid w:val="69DDA84D"/>
+    <w:rsid w:val="75D4F99A"/>
+    <w:rsid w:val="778C1823"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3F4BAA08"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BE2FD20F-CC9D-477E-AE5C-B56EE71BF274}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9080,52 +11978,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -9192,285 +12090,285 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="001A1B8C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Nova Light" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial Nova Light" w:hAnsi="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007440F6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="007E3371"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0084511D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008427A9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="001A1B8C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Nova Light" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial Nova Light" w:hAnsi="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="001A1B8C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Nova Light" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial Nova Light" w:hAnsi="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="001A1B8C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Nova Light" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial Nova Light" w:hAnsi="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C34523"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="007440F6"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB64BA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FB64BA"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB64BA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FB64BA"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="693261998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -9497,56 +12395,55 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1835533122">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -9813,88 +12710,78 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="59ef66b6-230b-485a-897e-c57cb2828f0c" xmlns:ns3="9326bd46-8c2c-4879-b44c-ce965f3ac557" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bef391e8c1951dc732394e7a1d69a758" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004BDF49E0CE88F84DADA339AA8A6B4484" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29a7cd51b584f1f6f7a50d5cddb9142a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="59ef66b6-230b-485a-897e-c57cb2828f0c" xmlns:ns3="9326bd46-8c2c-4879-b44c-ce965f3ac557" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0fcd80034f7a207480b9ba811d12a184" ns2:_="" ns3:_="">
     <xsd:import namespace="59ef66b6-230b-485a-897e-c57cb2828f0c"/>
     <xsd:import namespace="9326bd46-8c2c-4879-b44c-ce965f3ac557"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="59ef66b6-230b-485a-897e-c57cb2828f0c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -9926,50 +12813,65 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f79a2648-762e-462d-8268-4f756ae47867" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9326bd46-8c2c-4879-b44c-ce965f3ac557" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
@@ -10068,142 +12970,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="9326bd46-8c2c-4879-b44c-ce965f3ac557" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="59ef66b6-230b-485a-897e-c57cb2828f0c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB9F3A72-8B48-472D-9EEB-3E07B3F1CF65}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D898E44E-F58A-4601-880D-A7251B31C13B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C090148-19A4-4D46-B8D7-71BA326D614B}">
-[...25 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C36771E-5739-4FCF-95FE-EF9E2BFB92A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9326bd46-8c2c-4879-b44c-ce965f3ac557"/>
     <ds:schemaRef ds:uri="59ef66b6-230b-485a-897e-c57cb2828f0c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C090148-19A4-4D46-B8D7-71BA326D614B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB9F3A72-8B48-472D-9EEB-3E07B3F1CF65}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Patrick Whife</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Iulia Beres</lastModifiedBy>
+  <revision>4</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101004BDF49E0CE88F84DADA339AA8A6B4484</vt:lpwstr>
   </property>
 </Properties>
 </file>