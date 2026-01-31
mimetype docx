--- v1 (2025-11-11)
+++ v2 (2026-01-31)
@@ -7,53 +7,53 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00E44B36" w:rsidR="007440F6" w:rsidP="007440F6" w:rsidRDefault="00DE789D" w14:paraId="6334E237" w14:textId="13961354">
+    <w:p w14:paraId="6334E237" w14:textId="13961354" w:rsidR="007440F6" w:rsidRPr="00E44B36" w:rsidRDefault="00DE789D" w:rsidP="007440F6">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9746"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44B36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48290360" wp14:editId="5A9C35B6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7680457</wp:posOffset>
@@ -86,2495 +86,2452 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2220595" cy="596900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00E44B36" w:rsidR="007440F6">
+      <w:r w:rsidR="007440F6" w:rsidRPr="00E44B36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Icon Accreditation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E44B36" w:rsidR="007440F6">
+      <w:r w:rsidR="007440F6" w:rsidRPr="00E44B36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E44B36" w:rsidR="007440F6" w:rsidP="007440F6" w:rsidRDefault="007440F6" w14:paraId="7ED73749" w14:textId="317B1D31">
+    <w:p w14:paraId="7ED73749" w14:textId="317B1D31" w:rsidR="007440F6" w:rsidRPr="00E44B36" w:rsidRDefault="007440F6" w:rsidP="007440F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44B36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Application form</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="007440F6" w:rsidP="007440F6" w:rsidRDefault="007440F6" w14:paraId="2170ED86" w14:textId="77777777">
+    <w:p w14:paraId="2170ED86" w14:textId="77777777" w:rsidR="007440F6" w:rsidRPr="00F343A0" w:rsidRDefault="007440F6" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="00FA1CE8" w14:paraId="4AD91E29" w14:textId="23FE596C">
+    <w:p w14:paraId="4AD91E29" w14:textId="23FE596C" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="00FA1CE8" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>SECTION 1: YOUR DETAILS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="4593E886" w14:textId="77777777">
+    <w:p w14:paraId="4593E886" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="15163" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="4158"/>
         <w:gridCol w:w="5481"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F343A0" w:rsidR="00AF6302" w:rsidTr="0A699AB2" w14:paraId="37E3DDC8" w14:textId="77777777">
+      <w:tr w:rsidR="00AF6302" w:rsidRPr="00F343A0" w14:paraId="37E3DDC8" w14:textId="77777777" w:rsidTr="0A699AB2">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="00AF6302" w:rsidP="007440F6" w:rsidRDefault="00AF6302" w14:paraId="267F529B" w14:textId="4926B593">
+          <w:p w14:paraId="267F529B" w14:textId="4926B593" w:rsidR="00AF6302" w:rsidRPr="00F343A0" w:rsidRDefault="00AF6302" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Full Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4158" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="00AF6302" w:rsidP="007440F6" w:rsidRDefault="00AF6302" w14:paraId="1D81F57D" w14:textId="77777777">
+          <w:p w14:paraId="1D81F57D" w14:textId="77777777" w:rsidR="00AF6302" w:rsidRPr="00F343A0" w:rsidRDefault="00AF6302" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5481" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="00AF6302" w:rsidP="007440F6" w:rsidRDefault="00076661" w14:paraId="1DB36F97" w14:textId="10EC8DB0">
+          <w:p w14:paraId="1DB36F97" w14:textId="10EC8DB0" w:rsidR="00AF6302" w:rsidRPr="00F343A0" w:rsidRDefault="00076661" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Do you have an Icon Pathway Mentor? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="00AF6302" w:rsidP="007440F6" w:rsidRDefault="00076661" w14:paraId="7D90D261" w14:noSpellErr="1" w14:textId="6C125398">
-[...11 lines deleted...]
-                <w:bCs w:val="1"/>
+          <w:p w14:paraId="7D90D261" w14:textId="6C125398" w:rsidR="00AF6302" w:rsidRPr="00F343A0" w:rsidRDefault="00076661" w:rsidP="007440F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0A699AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
-            <w:r w:rsidRPr="0A699AB2" w:rsidR="07B771D9">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidR="07B771D9" w:rsidRPr="0A699AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0A699AB2" w:rsidR="00076661">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="0A699AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="0A699AB2" w:rsidR="5FED5AD6">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidR="5FED5AD6" w:rsidRPr="0A699AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0A699AB2" w:rsidR="00076661">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="0A699AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00DE789D" w:rsidP="007440F6" w:rsidRDefault="00DE789D" w14:paraId="113E8818" w14:textId="77777777">
+    <w:p w14:paraId="113E8818" w14:textId="77777777" w:rsidR="00DE789D" w:rsidRPr="00F343A0" w:rsidRDefault="00DE789D" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00FD635E" w:rsidP="007440F6" w:rsidRDefault="00FA1CE8" w14:paraId="61963187" w14:textId="09CA8D0A">
+    <w:p w14:paraId="61963187" w14:textId="09CA8D0A" w:rsidR="00FD635E" w:rsidRPr="00F343A0" w:rsidRDefault="00FA1CE8" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>SECTION 2: YOUR ROLE AND EXPERIENCE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="007E18E7" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="1E65BC6F" w14:textId="77777777">
+    <w:p w14:paraId="1E65BC6F" w14:textId="77777777" w:rsidR="007E18E7" w:rsidRPr="00F343A0" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="007E18E7" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="10CCDCBB" w14:textId="707FFBD7">
+    <w:p w14:paraId="10CCDCBB" w14:textId="707FFBD7" w:rsidR="007E18E7" w:rsidRPr="00F343A0" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Current / most recent role</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="007E18E7" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="271CF6B4" w14:textId="77777777">
+    <w:p w14:paraId="271CF6B4" w14:textId="77777777" w:rsidR="007E18E7" w:rsidRPr="00F343A0" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="15304" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5807"/>
         <w:gridCol w:w="9497"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="11332023" w14:textId="77777777">
+      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="11332023" w14:textId="77777777" w:rsidTr="007E18E7">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="3B7CDA4C" w14:textId="1B608A3E">
+          <w:p w14:paraId="3B7CDA4C" w14:textId="1B608A3E" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Your organisation or the name of your practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="3FCF5D17" w14:textId="77777777">
+          <w:p w14:paraId="3FCF5D17" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="1FCBDE87" w14:textId="77777777">
+      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="1FCBDE87" w14:textId="77777777" w:rsidTr="007E18E7">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="46777341" w14:textId="7A9E7886">
+          <w:p w14:paraId="46777341" w14:textId="7A9E7886" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Your job title or main area of work</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="6F8D6E42" w14:textId="77777777">
+          <w:p w14:paraId="6F8D6E42" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="68619967" w14:textId="77777777">
+      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="68619967" w14:textId="77777777" w:rsidTr="007E18E7">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="61170426" w14:textId="49AF0D08">
+          <w:p w14:paraId="61170426" w14:textId="49AF0D08" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Start date in current employment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="4B070BEE" w14:textId="77777777">
+          <w:p w14:paraId="4B070BEE" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="4125EFF8" w14:textId="77777777">
+      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="4125EFF8" w14:textId="77777777" w:rsidTr="007E18E7">
         <w:trPr>
           <w:trHeight w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="4DF8140C" w14:textId="5F186ADD">
+          <w:p w14:paraId="4DF8140C" w14:textId="5F186ADD" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Please give a brief outline of your current work responsibilities and activities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="004C700F" w14:paraId="64AAB3CC" w14:textId="77777777">
+      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="64AAB3CC" w14:textId="77777777" w:rsidTr="004C700F">
         <w:trPr>
           <w:trHeight w:val="4424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="434FBA4B" w14:textId="77777777">
+          <w:p w14:paraId="434FBA4B" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="4F6F0A21" w14:textId="77777777">
+    <w:p w14:paraId="4F6F0A21" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="321CF121" w14:textId="6590B3CE">
+    <w:p w14:paraId="321CF121" w14:textId="6590B3CE" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Qualifications</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002F1DE8" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="3B0DFEA2" w14:textId="62707C20">
+    <w:p w14:paraId="3B0DFEA2" w14:textId="62707C20" w:rsidR="001A1B8C" w:rsidRPr="002F1DE8" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1DE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Please list any relevant qualifications that you hold.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="007E18E7" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="32CF16A7" w14:textId="77777777">
+    <w:p w14:paraId="32CF16A7" w14:textId="77777777" w:rsidR="007E18E7" w:rsidRPr="00F343A0" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="15304" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6799"/>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="1771"/>
         <w:gridCol w:w="1772"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="35C8ED05" w14:textId="77777777">
+      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="35C8ED05" w14:textId="77777777" w:rsidTr="007E18E7">
         <w:trPr>
           <w:trHeight w:val="447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="6AC678F1" w14:textId="7C1899FA">
+          <w:p w14:paraId="6AC678F1" w14:textId="7C1899FA" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Qualification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="5B1AA74A" w14:textId="56D8092D">
+          <w:p w14:paraId="5B1AA74A" w14:textId="56D8092D" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="2890B7E6" w14:textId="38E4D8D7">
+          <w:p w14:paraId="2890B7E6" w14:textId="38E4D8D7" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date from</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="52EBA940" w14:textId="3E5F939C">
+          <w:p w14:paraId="52EBA940" w14:textId="3E5F939C" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date to</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="1D730E33" w14:textId="77777777">
+      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="1D730E33" w14:textId="77777777" w:rsidTr="007E18E7">
         <w:trPr>
           <w:trHeight w:val="2796"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="45406797" w14:textId="2683A967">
+          <w:p w14:paraId="45406797" w14:textId="2683A967" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="323C8A35" w14:textId="682D2224">
+          <w:p w14:paraId="323C8A35" w14:textId="682D2224" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="7A9252B2" w14:textId="5DD24EFD">
+          <w:p w14:paraId="7A9252B2" w14:textId="5DD24EFD" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="578ED44A" w14:textId="00B5E9AD">
+          <w:p w14:paraId="578ED44A" w14:textId="00B5E9AD" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00D2709F" w:rsidP="007440F6" w:rsidRDefault="00D2709F" w14:paraId="010209E3" w14:textId="77777777">
+    <w:p w14:paraId="010209E3" w14:textId="77777777" w:rsidR="00D2709F" w:rsidRPr="00F343A0" w:rsidRDefault="00D2709F" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="13C84BFA" w14:textId="14A7006C">
+    <w:p w14:paraId="13C84BFA" w14:textId="14A7006C" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Previous experience</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002F1DE8" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="67D2F540" w14:textId="5E8B4737">
+    <w:p w14:paraId="67D2F540" w14:textId="5E8B4737" w:rsidR="001A1B8C" w:rsidRPr="002F1DE8" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1DE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please list any previous job roles that are relevant to your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="007E18E7" w:rsidP="007440F6" w:rsidRDefault="007E18E7" w14:paraId="7A599378" w14:textId="77777777">
+    <w:p w14:paraId="7A599378" w14:textId="77777777" w:rsidR="007E18E7" w:rsidRPr="00F343A0" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="15304" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13462"/>
         <w:gridCol w:w="1842"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="007E18E7" w14:paraId="3600300D" w14:textId="77777777">
+      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="3600300D" w14:textId="77777777" w:rsidTr="007E18E7">
         <w:trPr>
           <w:trHeight w:val="447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13462" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="0A2E765C" w14:textId="520BE818">
+          <w:p w14:paraId="0A2E765C" w14:textId="520BE818" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Role</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="337F4ED6" w14:textId="0F5ED848">
+          <w:p w14:paraId="337F4ED6" w14:textId="0F5ED848" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Dates from / to</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidTr="004C700F" w14:paraId="4694AF95" w14:textId="77777777">
+      <w:tr w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w14:paraId="4694AF95" w14:textId="77777777" w:rsidTr="004C700F">
         <w:trPr>
           <w:trHeight w:val="3999"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13462" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="1D789C11" w14:textId="77777777">
+          <w:p w14:paraId="1D789C11" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="001A1B8C" w:rsidP="007440F6" w:rsidRDefault="001A1B8C" w14:paraId="3707F026" w14:textId="77777777">
+          <w:p w14:paraId="3707F026" w14:textId="77777777" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00465F3F" w:rsidP="007440F6" w:rsidRDefault="00465F3F" w14:paraId="21EDE8FB" w14:textId="77777777">
+    <w:p w14:paraId="21EDE8FB" w14:textId="77777777" w:rsidR="00465F3F" w:rsidRDefault="00465F3F" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00151AC3" w:rsidP="007440F6" w:rsidRDefault="00151AC3" w14:paraId="3AB39A3F" w14:textId="77777777">
+    <w:p w14:paraId="3AB39A3F" w14:textId="77777777" w:rsidR="00151AC3" w:rsidRPr="00F343A0" w:rsidRDefault="00151AC3" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00151AC3" w:rsidR="00151AC3" w:rsidP="007440F6" w:rsidRDefault="00151AC3" w14:paraId="02CBEF5E" w14:textId="119F593B">
+    <w:p w14:paraId="02CBEF5E" w14:textId="119F593B" w:rsidR="00151AC3" w:rsidRPr="00151AC3" w:rsidRDefault="00151AC3" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00151AC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>SECTION 3:  UNDERSTANDING YOUR PROJECTS:  GUIDANCE NOTES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00151AC3" w:rsidP="007440F6" w:rsidRDefault="00151AC3" w14:paraId="05EC23D9" w14:textId="77777777">
+    <w:p w14:paraId="05EC23D9" w14:textId="77777777" w:rsidR="00151AC3" w:rsidRDefault="00151AC3" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00E05FDB" w:rsidP="007440F6" w:rsidRDefault="001F6A41" w14:paraId="733AE2C5" w14:textId="1670DC9B">
+    <w:p w14:paraId="733AE2C5" w14:textId="1670DC9B" w:rsidR="00E05FDB" w:rsidRPr="00F343A0" w:rsidRDefault="001F6A41" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Use this section of the Application Form to describe three significant projects and activities which you will be using for evidence and discussion for your assessment visit. </w:t>
       </w:r>
       <w:r w:rsidRPr="007B7609">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>We expect that you will draw on more projects at your assessment</w:t>
       </w:r>
       <w:r w:rsidR="00E86D78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>. T</w:t>
       </w:r>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>he purpose of this is so that we can give you initial feedback to ensure that you are ready to start building your portfolio and commencing the assessment process.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="001F6A41" w:rsidP="007440F6" w:rsidRDefault="001F6A41" w14:paraId="66A6B79B" w14:textId="77777777">
+    <w:p w14:paraId="66A6B79B" w14:textId="77777777" w:rsidR="001F6A41" w:rsidRPr="00F343A0" w:rsidRDefault="001F6A41" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00CD00F0" w:rsidP="007440F6" w:rsidRDefault="00E05FDB" w14:paraId="39CFB99A" w14:textId="6A0CADF7">
+    <w:p w14:paraId="39CFB99A" w14:textId="6A0CADF7" w:rsidR="00CD00F0" w:rsidRPr="00F343A0" w:rsidRDefault="00E05FDB" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Instructions for selecting project</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00CD00F0">
+      <w:r w:rsidR="00CD00F0" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>s:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00861934" w:rsidP="00861934" w:rsidRDefault="00861934" w14:paraId="31D52A78" w14:textId="51299F8E">
+    <w:p w14:paraId="31D52A78" w14:textId="51299F8E" w:rsidR="00861934" w:rsidRPr="00F343A0" w:rsidRDefault="00861934" w:rsidP="00861934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="008F7F2B" w:rsidP="00DA3999" w:rsidRDefault="008F7F2B" w14:paraId="57DA9925" w14:textId="2CAE023C">
+    <w:p w14:paraId="57DA9925" w14:textId="2CAE023C" w:rsidR="008F7F2B" w:rsidRPr="00F343A0" w:rsidRDefault="008F7F2B" w:rsidP="00DA3999">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Types of projects</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00F540D3">
+      <w:r w:rsidR="00F540D3" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00F540D3">
+      <w:r w:rsidR="00F540D3" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">All types of conservation-restoration projects can be </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="007C6FB5">
+      <w:r w:rsidR="007C6FB5" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>used;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00F540D3">
+      <w:r w:rsidR="00F540D3" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> we suggest that in this form you select a variety of projects which show the breadth of your practice </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00FB64BA">
+      <w:r w:rsidR="00FB64BA" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">so that we can ensure that a) we identify the right assessor and b) that we can provide you with clear support in terms of how you demonstrate your material knowledge and technical practice through the assessment process. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00AD699E" w:rsidP="00DA3999" w:rsidRDefault="00AD699E" w14:paraId="3490D651" w14:textId="77777777">
+    <w:p w14:paraId="3490D651" w14:textId="77777777" w:rsidR="00AD699E" w:rsidRPr="00F343A0" w:rsidRDefault="00AD699E" w:rsidP="00DA3999">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00AD699E" w:rsidP="00DA3999" w:rsidRDefault="00AD699E" w14:paraId="03D6EF41" w14:textId="1FF9DD47">
+    <w:p w14:paraId="03D6EF41" w14:textId="1FF9DD47" w:rsidR="00AD699E" w:rsidRPr="00F343A0" w:rsidRDefault="00AD699E" w:rsidP="00DA3999">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Level</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="001C5E9A">
+      <w:r w:rsidR="001C5E9A" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> of work:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="001C5E9A">
+      <w:r w:rsidR="001C5E9A" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> The projects you select need to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00973E33">
+      <w:r w:rsidR="00973E33" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>enable you to draw out your knowledge in line with the Assessment criteria. These are projects in which you can show your d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="001C5E9A">
+      <w:r w:rsidR="001C5E9A" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>epth of understanding</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00245642">
+      <w:r w:rsidR="00245642" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00973E33">
+      <w:r w:rsidR="00973E33" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> the high standard of your work</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00245642">
+      <w:r w:rsidR="00245642" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="008F7F2B" w:rsidP="00DA3999" w:rsidRDefault="008F7F2B" w14:paraId="3274F5A5" w14:textId="77777777">
+    <w:p w14:paraId="3274F5A5" w14:textId="77777777" w:rsidR="008F7F2B" w:rsidRPr="00F343A0" w:rsidRDefault="008F7F2B" w:rsidP="00DA3999">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00CC7377" w14:paraId="64851654" w14:textId="0D31C357">
+    <w:p w14:paraId="64851654" w14:textId="0D31C357" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00CC7377" w:rsidP="00FA3194">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Complexity</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="008F7F2B">
+      <w:r w:rsidR="008F7F2B" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
+      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="0019463C">
+      <w:r w:rsidR="0019463C" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>To</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
+      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> be successful, the projects you include need to be considered ‘complex</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="0019463C">
+      <w:r w:rsidR="0019463C" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>,’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
+      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> these are typically those projects which: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00FA3194" w14:paraId="6040F71F" w14:textId="77777777">
+    <w:p w14:paraId="6040F71F" w14:textId="77777777" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00FA3194" w:rsidP="00FA3194">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00FA3194" w14:paraId="43E3838E" w14:textId="78E76600">
+    <w:p w14:paraId="43E3838E" w14:textId="78E76600" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00FA3194" w:rsidP="00FA3194">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Require choices between options which lead to significantly different outcomes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00FA3194" w14:paraId="0A3AC8D6" w14:textId="607C913F">
+    <w:p w14:paraId="0A3AC8D6" w14:textId="607C913F" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00FA3194" w:rsidP="00FA3194">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Present dilemmas and value-conflicts or require significant value-judgements.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00FA3194" w14:paraId="0C3782F3" w14:textId="2C7105B4">
+    <w:p w14:paraId="0C3782F3" w14:textId="2C7105B4" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00FA3194" w:rsidP="00FA3194">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Present substantial technical problems, for instance in relation to unstable or degraded materials or the level of risk associated with treatments or strategies.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00FA3194" w14:paraId="48A76983" w14:textId="722ABEA8">
+    <w:p w14:paraId="48A76983" w14:textId="722ABEA8" w:rsidR="00FA3194" w:rsidRPr="00F343A0" w:rsidRDefault="00FA3194" w:rsidP="00FA3194">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Require a deep level of practical understanding to be applied to the situation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA3194" w:rsidP="00FA3194" w:rsidRDefault="00FA3194" w14:paraId="59879A22" w14:textId="124FC666">
+    <w:p w14:paraId="59879A22" w14:textId="124FC666" w:rsidR="00FA3194" w:rsidRDefault="00FA3194" w:rsidP="00FA3194">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Require the marshalling and management of a wide range of resources.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B7609" w:rsidP="007B7609" w:rsidRDefault="007B7609" w14:paraId="145C4932" w14:textId="77777777">
+    <w:p w14:paraId="145C4932" w14:textId="77777777" w:rsidR="007B7609" w:rsidRDefault="007B7609" w:rsidP="007B7609">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007B7609" w:rsidR="007B7609" w:rsidP="007B7609" w:rsidRDefault="007B7609" w14:paraId="453E62E3" w14:textId="2DD4BFC1">
+    <w:p w14:paraId="453E62E3" w14:textId="2DD4BFC1" w:rsidR="007B7609" w:rsidRPr="007B7609" w:rsidRDefault="007B7609" w:rsidP="007B7609">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">To be considered complex a project </w:t>
       </w:r>
       <w:r w:rsidR="0019463C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> include one or more of these factors to a high degree.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00CC7377" w:rsidP="00DA3999" w:rsidRDefault="00CC7377" w14:paraId="13B58E65" w14:textId="77777777">
+    <w:p w14:paraId="13B58E65" w14:textId="77777777" w:rsidR="00CC7377" w:rsidRPr="00F343A0" w:rsidRDefault="00CC7377" w:rsidP="00DA3999">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00CC7377" w:rsidP="00DA3999" w:rsidRDefault="00CC7377" w14:paraId="0DB22423" w14:textId="39B7752D">
+    <w:p w14:paraId="0DB22423" w14:textId="39B7752D" w:rsidR="00CC7377" w:rsidRPr="00F343A0" w:rsidRDefault="00CC7377" w:rsidP="00DA3999">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Autonomy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="008F7F2B">
+      <w:r w:rsidR="008F7F2B" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
+      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
+      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">You are being assessed on your own personal impact on conservation decision making and your own technical skill (where relevant). This doesn’t mean that you need to have </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="0019463C">
+      <w:r w:rsidR="0019463C" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>overseen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
+      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> every element, but you will need to be able to draw ou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00F540D3">
+      <w:r w:rsidR="00F540D3" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00FA3194">
+      <w:r w:rsidR="00FA3194" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00861934">
+      <w:r w:rsidR="00861934" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">your own role in the projects clearly. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="008F7F2B" w:rsidP="00DA3999" w:rsidRDefault="008F7F2B" w14:paraId="664A6613" w14:textId="77777777">
+    <w:p w14:paraId="664A6613" w14:textId="77777777" w:rsidR="008F7F2B" w:rsidRPr="00F343A0" w:rsidRDefault="008F7F2B" w:rsidP="00DA3999">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="008F7F2B" w:rsidP="00DA3999" w:rsidRDefault="00861934" w14:paraId="1DC49B98" w14:textId="2FFC3550">
+    <w:p w14:paraId="1DC49B98" w14:textId="2FFC3550" w:rsidR="008F7F2B" w:rsidRPr="00F343A0" w:rsidRDefault="00861934" w:rsidP="00DA3999">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Evidence: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">When you are building your </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00175CCB">
+      <w:r w:rsidR="00175CCB" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>portfolio,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> you will need to upload evidence </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00C01748">
+      <w:r w:rsidR="00C01748" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">of work you have completed that addresses each of the 37 criteria that make up the Icon Professional Standards. This could take a wide range of forms, including assessment reports, images, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="0019463C">
+      <w:r w:rsidR="0019463C" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>videos,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00C01748">
+      <w:r w:rsidR="00C01748" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or the objects itself. You need t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F343A0" w:rsidR="00F540D3">
+      <w:r w:rsidR="00F540D3" w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">o feel confident that you can provide this for the projects you select for accreditation. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00CC7377" w:rsidP="00DA3999" w:rsidRDefault="00CC7377" w14:paraId="03B02255" w14:textId="77777777">
+    <w:p w14:paraId="03B02255" w14:textId="77777777" w:rsidR="00CC7377" w:rsidRPr="00F343A0" w:rsidRDefault="00CC7377" w:rsidP="00DA3999">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00465F3F" w:rsidP="007440F6" w:rsidRDefault="00465F3F" w14:paraId="699D4832" w14:textId="77777777">
+    <w:p w14:paraId="699D4832" w14:textId="77777777" w:rsidR="00465F3F" w:rsidRPr="00F343A0" w:rsidRDefault="00465F3F" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00465F3F" w:rsidP="007440F6" w:rsidRDefault="00465F3F" w14:paraId="62DFB686" w14:textId="77777777">
+    <w:p w14:paraId="62DFB686" w14:textId="77777777" w:rsidR="00465F3F" w:rsidRPr="00F343A0" w:rsidRDefault="00465F3F" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6FA8" w:rsidRDefault="001C6FA8" w14:paraId="5C019587" w14:textId="3CB4047F">
+    <w:p w14:paraId="5C019587" w14:textId="3CB4047F" w:rsidR="001C6FA8" w:rsidRDefault="001C6FA8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Project 1 Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3681"/>
         <w:gridCol w:w="865"/>
         <w:gridCol w:w="590"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="322"/>
         <w:gridCol w:w="406"/>
         <w:gridCol w:w="728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C56459" w:rsidTr="0F4B59A8" w14:paraId="78069D20" w14:textId="77777777">
+      <w:tr w:rsidR="00C56459" w14:paraId="78069D20" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C56459" w:rsidRDefault="00C56459" w14:paraId="7906F6AB" w14:textId="54B993B6">
+          </w:tcPr>
+          <w:p w14:paraId="7906F6AB" w14:textId="54B993B6" w:rsidR="00C56459" w:rsidRDefault="00C56459">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Project Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C56459" w:rsidRDefault="00C56459" w14:paraId="6680D8B6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6680D8B6" w14:textId="77777777" w:rsidR="00C56459" w:rsidRDefault="00C56459">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C56459" w:rsidTr="0F4B59A8" w14:paraId="6D9A6711" w14:textId="77777777">
+      <w:tr w:rsidR="00C56459" w14:paraId="6D9A6711" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C56459" w:rsidRDefault="00C56459" w14:paraId="30C6BAC1" w14:textId="5FA5A05E">
+          </w:tcPr>
+          <w:p w14:paraId="30C6BAC1" w14:textId="5FA5A05E" w:rsidR="00C56459" w:rsidRDefault="00C56459">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Your Job Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C56459" w:rsidRDefault="00C56459" w14:paraId="7389193E" w14:textId="12F6E793">
+          </w:tcPr>
+          <w:p w14:paraId="7389193E" w14:textId="12F6E793" w:rsidR="00C56459" w:rsidRDefault="00C56459">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C56459" w:rsidTr="0F4B59A8" w14:paraId="774577CD" w14:textId="77777777">
+      <w:tr w:rsidR="00C56459" w14:paraId="774577CD" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C56459" w:rsidRDefault="00C56459" w14:paraId="5770E7A4" w14:textId="32D63B17">
+          </w:tcPr>
+          <w:p w14:paraId="5770E7A4" w14:textId="32D63B17" w:rsidR="00C56459" w:rsidRDefault="00C56459">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Dates from/to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C56459" w:rsidRDefault="00C56459" w14:paraId="64C867DD" w14:textId="5ED6375B">
+          </w:tcPr>
+          <w:p w14:paraId="64C867DD" w14:textId="5ED6375B" w:rsidR="00C56459" w:rsidRDefault="00C56459">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C439F" w:rsidTr="0F4B59A8" w14:paraId="078B70A5" w14:textId="77777777">
+      <w:tr w:rsidR="001C439F" w14:paraId="078B70A5" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001C439F" w:rsidRDefault="001C439F" w14:paraId="50FBF523" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="50FBF523" w14:textId="77777777" w:rsidR="001C439F" w:rsidRDefault="001C439F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001C439F" w:rsidRDefault="001C439F" w14:paraId="6CF82AB6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6CF82AB6" w14:textId="77777777" w:rsidR="001C439F" w:rsidRDefault="001C439F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00343DFB" w:rsidTr="0F4B59A8" w14:paraId="3DD5DFAD" w14:textId="77777777">
+      <w:tr w:rsidR="00343DFB" w14:paraId="3DD5DFAD" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="78"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="3E23E10A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3E23E10A" w14:textId="77777777" w:rsidR="00343DFB" w:rsidRDefault="00343DFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>What type of tasks did you undertake in this project?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BC60C6" w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="668EB4FE" w14:textId="703CF80C">
+          <w:p w14:paraId="668EB4FE" w14:textId="703CF80C" w:rsidR="00343DFB" w:rsidRPr="00BC60C6" w:rsidRDefault="00343DFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="2CAB8F21" w14:textId="1A541514">
+          </w:tcPr>
+          <w:p w14:paraId="2CAB8F21" w14:textId="1A541514" w:rsidR="00343DFB" w:rsidRPr="00E76CD4" w:rsidRDefault="00343DFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Assessment of object / site or collection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="007217D2" w14:paraId="0BC27381" w14:textId="4B63CC13">
+          </w:tcPr>
+          <w:p w14:paraId="0BC27381" w14:textId="4B63CC13" w:rsidR="00343DFB" w:rsidRPr="00E76CD4" w:rsidRDefault="007217D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00343DFB" w:rsidTr="0F4B59A8" w14:paraId="64C90C94" w14:textId="77777777">
+      <w:tr w:rsidR="00343DFB" w14:paraId="64C90C94" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="212DC843" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="212DC843" w14:textId="77777777" w:rsidR="00343DFB" w:rsidRDefault="00343DFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="2E163B1A" w14:textId="5C24678A">
+          </w:tcPr>
+          <w:p w14:paraId="2E163B1A" w14:textId="5C24678A" w:rsidR="00343DFB" w:rsidRPr="00E76CD4" w:rsidRDefault="00343DFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Interventive Treatment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="007217D2" w14:paraId="74686A75" w14:textId="57DCE911">
+          </w:tcPr>
+          <w:p w14:paraId="74686A75" w14:textId="57DCE911" w:rsidR="00343DFB" w:rsidRPr="00E76CD4" w:rsidRDefault="007217D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00343DFB" w:rsidTr="0F4B59A8" w14:paraId="001AAE35" w14:textId="77777777">
+      <w:tr w:rsidR="00343DFB" w14:paraId="001AAE35" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="0FF47032" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0FF47032" w14:textId="77777777" w:rsidR="00343DFB" w:rsidRDefault="00343DFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="7B33441F" w14:textId="2A56B9D8">
+          </w:tcPr>
+          <w:p w14:paraId="7B33441F" w14:textId="2A56B9D8" w:rsidR="00343DFB" w:rsidRPr="00E76CD4" w:rsidRDefault="00343DFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Preventive Measures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="007217D2" w14:paraId="2F80ED41" w14:textId="7F109344">
+          </w:tcPr>
+          <w:p w14:paraId="2F80ED41" w14:textId="7F109344" w:rsidR="00343DFB" w:rsidRPr="00E76CD4" w:rsidRDefault="007217D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00343DFB" w:rsidTr="0F4B59A8" w14:paraId="2D37F627" w14:textId="77777777">
+      <w:tr w:rsidR="00343DFB" w14:paraId="2D37F627" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="1A99E7B2" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1A99E7B2" w14:textId="77777777" w:rsidR="00343DFB" w:rsidRDefault="00343DFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="39C5227D" w14:textId="2B5A6942">
+          </w:tcPr>
+          <w:p w14:paraId="39C5227D" w14:textId="2B5A6942" w:rsidR="00343DFB" w:rsidRPr="00E76CD4" w:rsidRDefault="00343DFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Research </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="007217D2" w14:paraId="1D5A533C" w14:textId="2BCFF989">
+          </w:tcPr>
+          <w:p w14:paraId="1D5A533C" w14:textId="2BCFF989" w:rsidR="00343DFB" w:rsidRPr="00E76CD4" w:rsidRDefault="007217D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00343DFB" w:rsidTr="0F4B59A8" w14:paraId="019CAC4C" w14:textId="77777777">
+      <w:tr w:rsidR="00343DFB" w14:paraId="019CAC4C" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="56EAFB8D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="56EAFB8D" w14:textId="77777777" w:rsidR="00343DFB" w:rsidRDefault="00343DFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="00343DFB" w14:paraId="302DFC89" w14:textId="5F292815">
+          </w:tcPr>
+          <w:p w14:paraId="302DFC89" w14:textId="5F292815" w:rsidR="00343DFB" w:rsidRPr="00E76CD4" w:rsidRDefault="00343DFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Conservation Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00343DFB" w:rsidRDefault="007217D2" w14:paraId="0FC131B5" w14:textId="13D2929D">
+          </w:tcPr>
+          <w:p w14:paraId="0FC131B5" w14:textId="13D2929D" w:rsidR="00343DFB" w:rsidRPr="00E76CD4" w:rsidRDefault="007217D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E76CD4" w:rsidR="001C439F">
+            <w:r w:rsidR="001C439F" w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C439F" w:rsidTr="0F4B59A8" w14:paraId="2309F0F0" w14:textId="77777777">
+      <w:tr w:rsidR="001C439F" w14:paraId="2309F0F0" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001C439F" w:rsidRDefault="001C439F" w14:paraId="728A9448" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="728A9448" w14:textId="77777777" w:rsidR="001C439F" w:rsidRDefault="001C439F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="001C439F" w:rsidRDefault="001C439F" w14:paraId="49678299" w14:textId="2AA6A7D1">
+          </w:tcPr>
+          <w:p w14:paraId="49678299" w14:textId="2AA6A7D1" w:rsidR="001C439F" w:rsidRPr="00E76CD4" w:rsidRDefault="001C439F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Other (please specify)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76CD4" w:rsidTr="0F4B59A8" w14:paraId="0A6E50AF" w14:textId="77777777">
+      <w:tr w:rsidR="00E76CD4" w14:paraId="0A6E50AF" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="887"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="23D62EA6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="23D62EA6" w14:textId="77777777" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>To what extent did you have autonomy in this project?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="65EF037E" w14:noSpellErr="1" w14:textId="605D220B">
-[...9 lines deleted...]
-                <w:bCs w:val="1"/>
+          <w:p w14:paraId="65EF037E" w14:textId="605D220B" w:rsidR="00E76CD4" w:rsidRPr="00E76CD4" w:rsidRDefault="778C1823">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0F4B59A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0F4B59A8" w:rsidR="778C1823">
+            <w:r w:rsidRPr="0F4B59A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="0F4B59A8" w:rsidR="55AD33F2">
+            <w:r w:rsidR="55AD33F2" w:rsidRPr="0F4B59A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Mark the</w:t>
             </w:r>
-            <w:r w:rsidRPr="0F4B59A8" w:rsidR="778C1823">
+            <w:r w:rsidRPr="0F4B59A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> box)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="69196281" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="43C1B08E" w14:textId="2F48FA07">
+          <w:p w14:paraId="69196281" w14:textId="77777777" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43C1B08E" w14:textId="2F48FA07" w:rsidR="00E76CD4" w:rsidRPr="00E76CD4" w:rsidRDefault="00E76CD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Note: To be able to meet the assessment criteria at the correct level, candidates need to have enough knowledge and experience that they can work with autonomy. They should not require close supervision to ensure decisions or quality of work are acceptable.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="778BF105" w14:textId="25F995FE">
+          </w:tcPr>
+          <w:p w14:paraId="778BF105" w14:textId="25F995FE" w:rsidR="00E76CD4" w:rsidRPr="00E76CD4" w:rsidRDefault="00E76CD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>I had total autonomy when working within my field of expertise</w:t>
             </w:r>
             <w:r w:rsidR="00546CA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, but took advice </w:t>
             </w:r>
             <w:r w:rsidR="004E222A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>from specialists when working outside my field of expertise.</w:t>
             </w:r>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="789F1826" w14:textId="60D21C13">
+          </w:tcPr>
+          <w:p w14:paraId="789F1826" w14:textId="60D21C13" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76CD4" w:rsidTr="0F4B59A8" w14:paraId="585162FE" w14:textId="77777777">
+      <w:tr w:rsidR="00E76CD4" w14:paraId="585162FE" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="1126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="451A0C2F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="451A0C2F" w14:textId="77777777" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="18EA4766" w14:textId="06595DD9">
+          </w:tcPr>
+          <w:p w14:paraId="18EA4766" w14:textId="06595DD9" w:rsidR="00E76CD4" w:rsidRPr="00E76CD4" w:rsidRDefault="00E76CD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">I had some autonomy when working within my field of </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E76CD4" w:rsidR="00175CCB">
+            <w:r w:rsidR="00175CCB" w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>expertise but</w:t>
             </w:r>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> sometimes had to get decisions approved by managers or other stakeholders. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="13525346" w14:textId="48CA6DFC">
+          </w:tcPr>
+          <w:p w14:paraId="13525346" w14:textId="48CA6DFC" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76CD4" w:rsidTr="0F4B59A8" w14:paraId="58C79124" w14:textId="77777777">
+      <w:tr w:rsidR="00E76CD4" w14:paraId="58C79124" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="1070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="454F9DD0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="454F9DD0" w14:textId="77777777" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="38A37ED6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="38A37ED6" w14:textId="77777777" w:rsidR="00E76CD4" w:rsidRPr="00E76CD4" w:rsidRDefault="00E76CD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>I generally had to follow instructions provided by others.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="1A6611DA" w14:textId="602CFAEF">
+          </w:tcPr>
+          <w:p w14:paraId="1A6611DA" w14:textId="602CFAEF" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76CD4" w:rsidTr="0F4B59A8" w14:paraId="38AAD7B9" w14:textId="77777777">
+      <w:tr w:rsidR="00E76CD4" w14:paraId="38AAD7B9" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="194"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14596" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="0010522A" w:rsidR="00E76CD4" w:rsidRDefault="00E76CD4" w14:paraId="35487B31" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="35487B31" w14:textId="77777777" w:rsidR="00E76CD4" w:rsidRPr="0010522A" w:rsidRDefault="00E76CD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0010522A" w:rsidTr="0F4B59A8" w14:paraId="3FB676AD" w14:textId="77777777">
+      <w:tr w:rsidR="0010522A" w14:paraId="3FB676AD" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="507780F7" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="507780F7" w14:textId="77777777" w:rsidR="0010522A" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Which of the Icon Professional Standards does this project meet? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="009A454A" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="5A153F8B" w14:textId="4DD9B3C0">
+          <w:p w14:paraId="5A153F8B" w14:textId="4DD9B3C0" w:rsidR="0010522A" w:rsidRPr="009A454A" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A454A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Highlight all that are relevant)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="625296CA" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="0D22B4A5" w14:textId="0E56F738">
+          <w:p w14:paraId="625296CA" w14:textId="77777777" w:rsidR="0010522A" w:rsidRDefault="0010522A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D22B4A5" w14:textId="0E56F738" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B07BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(Note: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment candidates are required to explicitly explain </w:t>
             </w:r>
             <w:r w:rsidRPr="005A761B">
               <w:rPr>
@@ -2627,9202 +2584,9178 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ital.</w:t>
             </w:r>
             <w:r w:rsidR="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Refer to the ACR Assessment Criteria for details.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="6DDB70C7" w14:textId="6DE294A9">
+          </w:tcPr>
+          <w:p w14:paraId="6DDB70C7" w14:textId="6DE294A9" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St</w:t>
             </w:r>
-            <w:r w:rsidRPr="007940EF" w:rsidR="007940EF">
+            <w:r w:rsidR="007940EF" w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="16827469" w14:textId="6D7B4707">
+          </w:tcPr>
+          <w:p w14:paraId="16827469" w14:textId="6D7B4707" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="25B8AC33" w14:textId="03338732">
+          </w:tcPr>
+          <w:p w14:paraId="25B8AC33" w14:textId="03338732" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="38B2E204" w14:textId="68EBEDC0">
+          </w:tcPr>
+          <w:p w14:paraId="38B2E204" w14:textId="68EBEDC0" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="419583DA" w14:textId="65162AD8">
+          </w:tcPr>
+          <w:p w14:paraId="419583DA" w14:textId="65162AD8" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="1FF01837" w14:textId="592F5FAD">
+          </w:tcPr>
+          <w:p w14:paraId="1FF01837" w14:textId="592F5FAD" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="0778C8A8" w14:textId="794F2F6D">
+          </w:tcPr>
+          <w:p w14:paraId="0778C8A8" w14:textId="794F2F6D" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0010522A" w:rsidTr="0F4B59A8" w14:paraId="3EBBC1E8" w14:textId="77777777">
+      <w:tr w:rsidR="0010522A" w14:paraId="3EBBC1E8" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="296D8D0E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="296D8D0E" w14:textId="77777777" w:rsidR="0010522A" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="238CA57D" w14:textId="7E0BCD4A">
+          </w:tcPr>
+          <w:p w14:paraId="238CA57D" w14:textId="7E0BCD4A" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St</w:t>
             </w:r>
-            <w:r w:rsidRPr="007940EF" w:rsidR="007940EF">
+            <w:r w:rsidR="007940EF" w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="65B576F6" w14:textId="34421713">
+          </w:tcPr>
+          <w:p w14:paraId="65B576F6" w14:textId="34421713" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="7DA1B14D" w14:textId="6034A090">
+          </w:tcPr>
+          <w:p w14:paraId="7DA1B14D" w14:textId="6034A090" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="3F1BD36E" w14:textId="52AF790B">
+          </w:tcPr>
+          <w:p w14:paraId="3F1BD36E" w14:textId="52AF790B" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8005" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="6AC911C6" w14:textId="711DE950">
+          </w:tcPr>
+          <w:p w14:paraId="6AC911C6" w14:textId="711DE950" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005706AD" w:rsidTr="0F4B59A8" w14:paraId="505E544C" w14:textId="77777777">
+      <w:tr w:rsidR="005706AD" w14:paraId="505E544C" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="440AA730" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="440AA730" w14:textId="77777777" w:rsidR="005706AD" w:rsidRDefault="005706AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="556E45A9" w14:textId="42A701D0">
+          </w:tcPr>
+          <w:p w14:paraId="556E45A9" w14:textId="42A701D0" w:rsidR="005706AD" w:rsidRPr="007940EF" w:rsidRDefault="005706AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St</w:t>
             </w:r>
-            <w:r w:rsidRPr="007940EF" w:rsidR="007940EF">
+            <w:r w:rsidR="007940EF" w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="02734235" w14:textId="408FF403">
+          </w:tcPr>
+          <w:p w14:paraId="02734235" w14:textId="408FF403" w:rsidR="005706AD" w:rsidRPr="007940EF" w:rsidRDefault="005706AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="1ABFAE9E" w14:textId="72326F9E">
+          </w:tcPr>
+          <w:p w14:paraId="1ABFAE9E" w14:textId="72326F9E" w:rsidR="005706AD" w:rsidRPr="007940EF" w:rsidRDefault="005706AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="469AA231" w14:textId="5356956D">
+          </w:tcPr>
+          <w:p w14:paraId="469AA231" w14:textId="5356956D" w:rsidR="005706AD" w:rsidRPr="007940EF" w:rsidRDefault="005706AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="354D0486" w14:textId="509F9CAF">
+          </w:tcPr>
+          <w:p w14:paraId="354D0486" w14:textId="509F9CAF" w:rsidR="005706AD" w:rsidRPr="007940EF" w:rsidRDefault="005706AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="66B35089" w14:textId="64BBB421">
+          </w:tcPr>
+          <w:p w14:paraId="66B35089" w14:textId="64BBB421" w:rsidR="005706AD" w:rsidRPr="007940EF" w:rsidRDefault="005706AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="08257908" w14:textId="0CF49056">
+          </w:tcPr>
+          <w:p w14:paraId="08257908" w14:textId="0CF49056" w:rsidR="005706AD" w:rsidRPr="007940EF" w:rsidRDefault="005706AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="005706AD" w:rsidRDefault="005706AD" w14:paraId="67BCC855" w14:textId="136CF135">
+          </w:tcPr>
+          <w:p w14:paraId="67BCC855" w14:textId="136CF135" w:rsidR="005706AD" w:rsidRPr="007940EF" w:rsidRDefault="005706AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00942B64" w:rsidTr="0F4B59A8" w14:paraId="10866F98" w14:textId="77777777">
+      <w:tr w:rsidR="00942B64" w14:paraId="10866F98" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="4DD4C545" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4DD4C545" w14:textId="77777777" w:rsidR="00942B64" w:rsidRDefault="00942B64">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="15BAD05A" w14:textId="09CA13D8">
+          </w:tcPr>
+          <w:p w14:paraId="15BAD05A" w14:textId="09CA13D8" w:rsidR="00942B64" w:rsidRPr="007940EF" w:rsidRDefault="00942B64">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St</w:t>
             </w:r>
-            <w:r w:rsidRPr="007940EF" w:rsidR="007940EF">
+            <w:r w:rsidR="007940EF" w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="3AD7C3B1" w14:textId="38F60C68">
+          </w:tcPr>
+          <w:p w14:paraId="3AD7C3B1" w14:textId="38F60C68" w:rsidR="00942B64" w:rsidRPr="007940EF" w:rsidRDefault="00942B64">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="027B4395" w14:textId="5675A5E4">
+          </w:tcPr>
+          <w:p w14:paraId="027B4395" w14:textId="5675A5E4" w:rsidR="00942B64" w:rsidRPr="007940EF" w:rsidRDefault="00942B64">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="4DDC5C48" w14:textId="2B8782EB">
+          </w:tcPr>
+          <w:p w14:paraId="4DDC5C48" w14:textId="2B8782EB" w:rsidR="00942B64" w:rsidRPr="007940EF" w:rsidRDefault="00942B64">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="19CD15FF" w14:textId="77E47E1F">
+          </w:tcPr>
+          <w:p w14:paraId="19CD15FF" w14:textId="77E47E1F" w:rsidR="00942B64" w:rsidRPr="007940EF" w:rsidRDefault="00942B64">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="6BD187F7" w14:textId="20263870">
+          </w:tcPr>
+          <w:p w14:paraId="6BD187F7" w14:textId="20263870" w:rsidR="00942B64" w:rsidRPr="007940EF" w:rsidRDefault="00942B64">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00942B64" w:rsidRDefault="00942B64" w14:paraId="76A0C3DA" w14:textId="521BF60A">
+          </w:tcPr>
+          <w:p w14:paraId="76A0C3DA" w14:textId="521BF60A" w:rsidR="00942B64" w:rsidRPr="007940EF" w:rsidRDefault="00942B64">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF4CA9" w:rsidTr="0F4B59A8" w14:paraId="44ECD4B3" w14:textId="77777777">
+      <w:tr w:rsidR="00EF4CA9" w14:paraId="44ECD4B3" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="1073D531" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1073D531" w14:textId="77777777" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="20648D9C" w14:textId="5900BE50">
+          </w:tcPr>
+          <w:p w14:paraId="20648D9C" w14:textId="5900BE50" w:rsidR="00EF4CA9" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St</w:t>
             </w:r>
-            <w:r w:rsidRPr="007940EF" w:rsidR="007940EF">
+            <w:r w:rsidR="007940EF" w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="4C995FF4" w14:textId="354A9D30">
+          </w:tcPr>
+          <w:p w14:paraId="4C995FF4" w14:textId="354A9D30" w:rsidR="00EF4CA9" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="3302FC04" w14:textId="6DDBC683">
+          </w:tcPr>
+          <w:p w14:paraId="3302FC04" w14:textId="6DDBC683" w:rsidR="00EF4CA9" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="148B0045" w14:textId="7BD48F4D">
+          </w:tcPr>
+          <w:p w14:paraId="148B0045" w14:textId="7BD48F4D" w:rsidR="00EF4CA9" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="3396103D" w14:textId="7C8602FC">
+          </w:tcPr>
+          <w:p w14:paraId="3396103D" w14:textId="7C8602FC" w:rsidR="00EF4CA9" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7277" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00EF4CA9" w:rsidRDefault="00EF4CA9" w14:paraId="46C66A67" w14:textId="515E0EA4">
+          </w:tcPr>
+          <w:p w14:paraId="46C66A67" w14:textId="515E0EA4" w:rsidR="00EF4CA9" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0010522A" w:rsidTr="0F4B59A8" w14:paraId="6C8E3D6F" w14:textId="77777777">
+      <w:tr w:rsidR="0010522A" w14:paraId="6C8E3D6F" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0010522A" w:rsidRDefault="0010522A" w14:paraId="4CA8A45A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4CA8A45A" w14:textId="77777777" w:rsidR="0010522A" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="7D9D0D8E" w14:textId="7888293B">
+          </w:tcPr>
+          <w:p w14:paraId="7D9D0D8E" w14:textId="7888293B" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St</w:t>
             </w:r>
-            <w:r w:rsidRPr="007940EF" w:rsidR="007940EF">
+            <w:r w:rsidR="007940EF" w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="0D1DED9C" w14:textId="06BC81B7">
+          </w:tcPr>
+          <w:p w14:paraId="0D1DED9C" w14:textId="06BC81B7" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="5031383D" w14:textId="5B48B1CC">
+          </w:tcPr>
+          <w:p w14:paraId="5031383D" w14:textId="5B48B1CC" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="0B474957" w14:textId="5E511B72">
+          </w:tcPr>
+          <w:p w14:paraId="0B474957" w14:textId="5E511B72" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="48D54587" w14:textId="078129B4">
+          </w:tcPr>
+          <w:p w14:paraId="48D54587" w14:textId="078129B4" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="38D92B5A" w14:textId="0194F0ED">
+          </w:tcPr>
+          <w:p w14:paraId="38D92B5A" w14:textId="0194F0ED" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="7E60F754" w14:textId="46FD34B5">
+          </w:tcPr>
+          <w:p w14:paraId="7E60F754" w14:textId="46FD34B5" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="68FD5756" w14:textId="2C89506F">
+          </w:tcPr>
+          <w:p w14:paraId="68FD5756" w14:textId="2C89506F" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="5A0C67F7" w14:textId="6BE0C678">
+          </w:tcPr>
+          <w:p w14:paraId="5A0C67F7" w14:textId="6BE0C678" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="00EF4CA9" w14:paraId="28FD53E3" w14:textId="1A3D4789">
+          </w:tcPr>
+          <w:p w14:paraId="28FD53E3" w14:textId="1A3D4789" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="00EF4CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
-            <w:r w:rsidRPr="007940EF" w:rsidR="0057604B">
+            <w:r w:rsidR="0057604B" w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0057604B" w14:paraId="1987E72F" w14:textId="6423A663">
+          </w:tcPr>
+          <w:p w14:paraId="1987E72F" w14:textId="6423A663" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0057604B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0057604B" w14:paraId="0DBCC700" w14:textId="17336BAD">
+          </w:tcPr>
+          <w:p w14:paraId="0DBCC700" w14:textId="17336BAD" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0057604B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0057604B" w14:paraId="1E2B0512" w14:textId="2EABA085">
+          </w:tcPr>
+          <w:p w14:paraId="1E2B0512" w14:textId="2EABA085" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0057604B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0057604B" w14:paraId="736E549C" w14:textId="3CF2B9C4">
+          </w:tcPr>
+          <w:p w14:paraId="736E549C" w14:textId="3CF2B9C4" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0057604B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="0010522A" w:rsidRDefault="0057604B" w14:paraId="7CB5FBEA" w14:textId="0FCBFCFD">
+          </w:tcPr>
+          <w:p w14:paraId="7CB5FBEA" w14:textId="0FCBFCFD" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0057604B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00CD3BB6" w:rsidR="00465F3F" w:rsidP="00CD3BB6" w:rsidRDefault="001C6FA8" w14:paraId="0E1597EA" w14:textId="177D4B19">
+    <w:p w14:paraId="0E1597EA" w14:textId="177D4B19" w:rsidR="00465F3F" w:rsidRPr="00CD3BB6" w:rsidRDefault="001C6FA8" w:rsidP="00CD3BB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="00E44B36" w:rsidR="00C21B65">
+      <w:r w:rsidR="00C21B65" w:rsidRPr="00E44B36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Project 1</w:t>
       </w:r>
       <w:r w:rsidR="00CD3BB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="218"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="15388"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C2267C" w:rsidTr="00CD3BB6" w14:paraId="46DB9E05" w14:textId="77777777">
+      <w:tr w:rsidR="00C2267C" w14:paraId="46DB9E05" w14:textId="77777777" w:rsidTr="00CD3BB6">
         <w:trPr>
           <w:trHeight w:val="944"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="0085AC1E" w14:textId="77777777">
+          <w:p w14:paraId="0085AC1E" w14:textId="77777777" w:rsidR="00C2267C" w:rsidRDefault="00C2267C" w:rsidP="00C2267C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008666A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Background to the Project</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C86B0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Approximately 100 words)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="002C23B4" w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="2328A935" w14:textId="77777777">
+          <w:p w14:paraId="2328A935" w14:textId="77777777" w:rsidR="00C2267C" w:rsidRPr="002C23B4" w:rsidRDefault="00C2267C" w:rsidP="00C2267C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">(Please provide any useful contextual information to help us understand the nature of the project. For example: history, provenance, condition, use, location, storage etc.) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="1D239339" w14:textId="77777777">
+          <w:p w14:paraId="1D239339" w14:textId="77777777" w:rsidR="00C2267C" w:rsidRDefault="00C2267C" w:rsidP="00C2267C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="6A3B5055" w14:textId="77777777">
+          <w:p w14:paraId="6A3B5055" w14:textId="77777777" w:rsidR="00C2267C" w:rsidRDefault="00C2267C" w:rsidP="00C2267C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="2EE2BD84" w14:textId="77777777">
+          <w:p w14:paraId="2EE2BD84" w14:textId="77777777" w:rsidR="00C2267C" w:rsidRDefault="00C2267C" w:rsidP="00C2267C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="04DD320B" w14:textId="77777777">
+          <w:p w14:paraId="04DD320B" w14:textId="77777777" w:rsidR="00C2267C" w:rsidRDefault="00C2267C" w:rsidP="00C2267C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="00C22C5F" w14:textId="77777777">
+          <w:p w14:paraId="00C22C5F" w14:textId="77777777" w:rsidR="00C2267C" w:rsidRDefault="00C2267C" w:rsidP="00C2267C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="398BA46A" w14:textId="77777777">
+          <w:p w14:paraId="398BA46A" w14:textId="77777777" w:rsidR="00C2267C" w:rsidRDefault="00C2267C" w:rsidP="00C2267C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C2267C" w:rsidP="00C2267C" w:rsidRDefault="00C2267C" w14:paraId="1DE07455" w14:textId="77777777">
+          <w:p w14:paraId="1DE07455" w14:textId="77777777" w:rsidR="00C2267C" w:rsidRDefault="00C2267C" w:rsidP="00C2267C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="00CD3BB6" w14:paraId="74F45637" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="74F45637" w14:textId="77777777" w:rsidTr="00CD3BB6">
         <w:trPr>
           <w:trHeight w:val="943"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00676890" w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="2FABB640" w14:textId="096E40A7">
+          <w:p w14:paraId="2FABB640" w14:textId="096E40A7" w:rsidR="00CD3BB6" w:rsidRPr="00676890" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>What was your role in this project? Describe the various tasks you performed</w:t>
             </w:r>
-            <w:r w:rsidRPr="00676890" w:rsidR="0019463C">
+            <w:r w:rsidR="0019463C" w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Approximately 200 words)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00676890" w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="697B8725" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="42FC84BC" w14:textId="673F5755">
+          <w:p w14:paraId="697B8725" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00676890" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42FC84BC" w14:textId="673F5755" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Be as specific as possible (for instance, don’t just say ‘I performed treatments’ give detail about the nature of these treatments.) Use conservation terminology. Focus on your individual contribution rather than the work of the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00676890" w:rsidR="0019463C">
+            <w:r w:rsidR="0019463C" w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>team</w:t>
             </w:r>
             <w:r w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="1BCE149E" w14:textId="77777777">
-[...83 lines deleted...]
-          <w:p w:rsidRPr="008666A2" w:rsidR="00CD3BB6" w:rsidP="00C2267C" w:rsidRDefault="00CD3BB6" w14:paraId="254220E2" w14:textId="77777777">
+          <w:p w14:paraId="1BCE149E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47198A4D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34A0DA22" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53048602" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="627B8B2C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15A0F249" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="554D4FE8" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A92E70A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28EF8457" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EC88CF3" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AF22FCC" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DED2D66" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="254220E2" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="008666A2" w:rsidRDefault="00CD3BB6" w:rsidP="00C2267C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="00CD3BB6" w14:paraId="781602AF" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="781602AF" w14:textId="77777777" w:rsidTr="00CD3BB6">
         <w:trPr>
           <w:trHeight w:val="943"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="12B7EBFA" w14:textId="77777777">
+          <w:p w14:paraId="12B7EBFA" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645CB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>With reference to the Icon criteria for complexity (see guidance notes page for details), explain why this project is a complex project.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="31A5F9C0" w14:textId="77777777">
+          <w:p w14:paraId="31A5F9C0" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB79AE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Approximately 100 words.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="6DA0A8F6" w14:textId="77777777">
-[...53 lines deleted...]
-          <w:p w:rsidRPr="008666A2" w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="5C9C6D32" w14:textId="34E4894C">
+          <w:p w14:paraId="6DA0A8F6" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="698D6B8B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16BB652E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6855BE05" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71E5995A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75685937" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C9C6D32" w14:textId="34E4894C" w:rsidR="00CD3BB6" w:rsidRPr="008666A2" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B44332" w:rsidRDefault="00B44332" w14:paraId="1A13E80D" w14:textId="77777777">
+    <w:p w14:paraId="1A13E80D" w14:textId="77777777" w:rsidR="00B44332" w:rsidRDefault="00B44332">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="0D3B5399" w14:textId="6D7AEBD4">
+    <w:p w14:paraId="0D3B5399" w14:textId="6D7AEBD4" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Project 2 Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3681"/>
         <w:gridCol w:w="865"/>
         <w:gridCol w:w="590"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="322"/>
         <w:gridCol w:w="406"/>
         <w:gridCol w:w="728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="7031F034" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="7031F034" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3802B9F9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3802B9F9" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Project Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5BA5516F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5BA5516F" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="60F30C7B" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="60F30C7B" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="46D8F5C6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="46D8F5C6" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Your Job Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0C598294" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0C598294" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="7A957BDD" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="7A957BDD" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6732A4AC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6732A4AC" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Dates from/to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1CE43A18" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1CE43A18" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="01F6F29E" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="01F6F29E" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="53BDC29F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="53BDC29F" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="31E038FC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="31E038FC" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="2D6B9072" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="2D6B9072" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="78"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="79C64D6B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="79C64D6B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>What type of tasks did you undertake in this project?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BC60C6" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="479500A7" w14:textId="77777777">
+          <w:p w14:paraId="479500A7" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00BC60C6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3A46DE1C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3A46DE1C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Assessment of object / site or collection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4BC3B109" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4BC3B109" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="4C1A8FFF" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="4C1A8FFF" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="129127A7" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="129127A7" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="65AAFB05" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="65AAFB05" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Interventive Treatment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6B6CE859" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6B6CE859" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="62E1F629" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="62E1F629" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3213189B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3213189B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="21A3CC86" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="21A3CC86" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Preventive Measures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="23E9FED5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="23E9FED5" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="49D698BA" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="49D698BA" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="11AD795C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="11AD795C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="47157891" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="47157891" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Research </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1DBF2AB8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1DBF2AB8" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="482AD574" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="482AD574" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="48AE0723" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="48AE0723" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5754B550" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5754B550" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Conservation Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="67BC919B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="67BC919B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="1E03984B" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="1E03984B" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2E4B9D6E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2E4B9D6E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="25E35A15" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="25E35A15" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Other (please specify)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="636ECE29" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="636ECE29" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="887"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0AF645B9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0AF645B9" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>To what extent did you have autonomy in this project?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0F4B59A8" w:rsidRDefault="00CD3BB6" w14:paraId="24DD80D5" w14:noSpellErr="1" w14:textId="1DE3D0DD">
-[...10 lines deleted...]
-                <w:bCs w:val="1"/>
+          <w:p w14:paraId="24DD80D5" w14:textId="1DE3D0DD" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="0F4B59A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0F4B59A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0F4B59A8" w:rsidR="3C7243CA">
+            <w:r w:rsidR="3C7243CA" w:rsidRPr="0F4B59A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Mark the box)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="60A42ED0" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="15A4CDB0" w14:textId="77777777">
+          <w:p w14:paraId="60A42ED0" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15A4CDB0" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Note: To be able to meet the assessment criteria at the correct level, candidates need to have enough knowledge and experience that they can work with autonomy. They should not require close supervision to ensure decisions or quality of work are acceptable.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6E739088" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6E739088" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">I had total autonomy when working within my field of expertise </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="627CA911" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="627CA911" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="3A59FE76" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="3A59FE76" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="1126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2CE7E4B2" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2CE7E4B2" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="573D466C" w14:textId="085E743F">
+          </w:tcPr>
+          <w:p w14:paraId="573D466C" w14:textId="085E743F" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">I had some autonomy when working within my field of </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E76CD4" w:rsidR="00175CCB">
+            <w:r w:rsidR="00175CCB" w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>expertise but</w:t>
             </w:r>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> sometimes had to get decisions approved by managers or other stakeholders. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="64C37B31" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="64C37B31" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="01A58574" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="01A58574" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="1070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2983D1C8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2983D1C8" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4113A220" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4113A220" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>I generally had to follow instructions provided by others.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="293F6F82" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="293F6F82" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="2495F5BD" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="2495F5BD" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="194"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14596" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="0010522A" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="45FD6199" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="45FD6199" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="0010522A" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="29B10B18" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="29B10B18" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="280119B8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="280119B8" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Which of the Icon Professional Standards does this project meet? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="009A454A" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4D447B50" w14:textId="77777777">
+          <w:p w14:paraId="4D447B50" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="009A454A" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A454A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Highlight all that are relevant)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="573B933D" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="238C6992" w14:textId="77777777">
+          <w:p w14:paraId="573B933D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="238C6992" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B07BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(Note: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment candidates are required to explicitly explain </w:t>
             </w:r>
             <w:r w:rsidRPr="005A761B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>how</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> projects relate to specific professional standards. Therefore, being aware exactly which standards are covered by which project is vital. Refer to the ACR Assessment Criteria for details.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5CBADAC8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5CBADAC8" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St. 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="07681535" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="07681535" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3F0250F8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3F0250F8" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="56E91535" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="56E91535" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="46DF674C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="46DF674C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="038AAEAC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="038AAEAC" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7A5BAAB6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7A5BAAB6" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="0B4B284A" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="0B4B284A" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="08035EAE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="08035EAE" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0453ED37" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0453ED37" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St. 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="22C00CB5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="22C00CB5" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3CB4384C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3CB4384C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="68E08C74" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="68E08C74" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8005" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="09793DF9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="09793DF9" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="6298077B" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="6298077B" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5D556683" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5D556683" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="304AA24E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="304AA24E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St. 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3A4167B2" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3A4167B2" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7A33FDF0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7A33FDF0" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="37A1DE11" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="37A1DE11" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="57D11202" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="57D11202" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0AACBCC8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0AACBCC8" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1FD30745" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1FD30745" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7DCAA7E5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7DCAA7E5" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="4346695E" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="4346695E" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7D63ED4B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7D63ED4B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7D9360DC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7D9360DC" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St. 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="19F7D9A0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="19F7D9A0" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="546492C9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="546492C9" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="316003AF" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="316003AF" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4B7A222C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4B7A222C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="277DC468" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="277DC468" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1EE49C21" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1EE49C21" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="2FBA622E" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="2FBA622E" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7F450AA5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7F450AA5" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="16B6516F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="16B6516F" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St. 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6B5EBB9B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6B5EBB9B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2C501090" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2C501090" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1698237B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1698237B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6595DDE1" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6595DDE1" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7277" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="416DE36B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="416DE36B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="14C189ED" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="14C189ED" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1C553E2D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1C553E2D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0D3F186C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0D3F186C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St. 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="48989311" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="48989311" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="204ED6FC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="204ED6FC" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0B9A32EE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0B9A32EE" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="35A07C79" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="35A07C79" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="68D407A5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="68D407A5" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="29362F0B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="29362F0B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1EB77444" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1EB77444" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7EF4222D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7EF4222D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="76D01181" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="76D01181" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="273C7721" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="273C7721" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="55B2EACE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="55B2EACE" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4BE6B50E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4BE6B50E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6CBCBA37" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6CBCBA37" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1F40D1E9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1F40D1E9" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00CD3BB6" w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="5FD4F800" w14:textId="3D45096C">
+    <w:p w14:paraId="5FD4F800" w14:textId="3D45096C" w:rsidR="00CD3BB6" w:rsidRPr="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00E44B36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2 Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="218"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="15388"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0076657C" w14:paraId="0BCA36C2" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="0BCA36C2" w14:textId="77777777" w:rsidTr="009F6EC5">
         <w:trPr>
           <w:trHeight w:val="944"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="083B0CF7" w14:textId="77777777">
+          <w:p w14:paraId="083B0CF7" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008666A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Background to the Project</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> (Approximately 100 words) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="002C23B4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5C6D27F6" w14:textId="77777777">
+          <w:p w14:paraId="5C6D27F6" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="002C23B4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">(Please provide any useful contextual information to help us understand the nature of the project. For example: history, provenance, condition, use, location, storage etc.) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="62A2E61A" w14:textId="77777777">
+          <w:p w14:paraId="62A2E61A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1E625634" w14:textId="77777777">
+          <w:p w14:paraId="1E625634" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3D91CBCD" w14:textId="77777777">
+          <w:p w14:paraId="3D91CBCD" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1D44592E" w14:textId="77777777">
+          <w:p w14:paraId="1D44592E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="621E0E27" w14:textId="77777777">
+          <w:p w14:paraId="621E0E27" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3611E335" w14:textId="77777777">
+          <w:p w14:paraId="3611E335" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="67463773" w14:textId="77777777">
+          <w:p w14:paraId="67463773" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0076657C" w14:paraId="263D761E" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="263D761E" w14:textId="77777777" w:rsidTr="009F6EC5">
         <w:trPr>
           <w:trHeight w:val="943"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00676890" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="67A36D3E" w14:textId="1D92365C">
+          <w:p w14:paraId="67A36D3E" w14:textId="1D92365C" w:rsidR="00CD3BB6" w:rsidRPr="00676890" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>What was your role in this project? Describe the various tasks you performed</w:t>
             </w:r>
-            <w:r w:rsidRPr="00676890" w:rsidR="0019463C">
+            <w:r w:rsidR="0019463C" w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Approximately 200 words)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00676890" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="03A2C948" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="171075E6" w14:textId="7EA81AC0">
+          <w:p w14:paraId="03A2C948" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00676890" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="171075E6" w14:textId="7EA81AC0" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Be as specific as possible (for instance, don’t just say ‘I performed treatments’ give detail about the nature of these treatments.) Use conservation terminology. Focus on your individual contribution rather than the work of the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00676890" w:rsidR="0019463C">
+            <w:r w:rsidR="0019463C" w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>team</w:t>
             </w:r>
             <w:r w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6D87A882" w14:textId="77777777">
-[...83 lines deleted...]
-          <w:p w:rsidRPr="008666A2" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6E5DF99A" w14:textId="77777777">
+          <w:p w14:paraId="6D87A882" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="085866A9" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4267165E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07D1FE1A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E0DD8C8" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14422004" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47D2E523" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00AD4596" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1253451D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F8F372A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54440C21" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51922338" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E5DF99A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="008666A2" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0076657C" w14:paraId="479DDA7E" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="479DDA7E" w14:textId="77777777" w:rsidTr="009F6EC5">
         <w:trPr>
           <w:trHeight w:val="943"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1EE92967" w14:textId="77777777">
+          <w:p w14:paraId="1EE92967" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645CB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>With reference to the Icon criteria for complexity (see guidance notes page for details), explain why this project is a complex project.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="71E61959" w14:textId="77777777">
+          <w:p w14:paraId="71E61959" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB79AE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Approximately 100 words.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="23676FBB" w14:textId="77777777">
-[...53 lines deleted...]
-          <w:p w:rsidRPr="008666A2" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6769242E" w14:textId="77777777">
+          <w:p w14:paraId="23676FBB" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52363146" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="040D2A31" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08185286" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2822A56A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="543098F7" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6769242E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="008666A2" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="0DD3EF30" w14:textId="77777777">
+    <w:p w14:paraId="0DD3EF30" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="168BCEFE" w14:textId="77777777">
+    <w:p w14:paraId="168BCEFE" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="2695ECC0" w14:textId="2C0D64B3">
+    <w:p w14:paraId="2695ECC0" w14:textId="2C0D64B3" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Project 3 Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3681"/>
         <w:gridCol w:w="865"/>
         <w:gridCol w:w="590"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="322"/>
         <w:gridCol w:w="406"/>
         <w:gridCol w:w="728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="428541BB" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="428541BB" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="60A85A04" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="60A85A04" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Project Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3592243E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3592243E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="23BA26C4" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="23BA26C4" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0D37694B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0D37694B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Your Job Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="21CF2B3A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="21CF2B3A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="6613ECA2" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="6613ECA2" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="376DE6C0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="376DE6C0" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Dates from/to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0E3A1A69" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0E3A1A69" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="2BB3E984" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="2BB3E984" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2569EF6D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2569EF6D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6C12E3A4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6C12E3A4" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="1C299D13" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="1C299D13" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="78"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="301225D3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="301225D3" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>What type of tasks did you undertake in this project?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BC60C6" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4341E452" w14:textId="77777777">
+          <w:p w14:paraId="4341E452" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00BC60C6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="51E1015E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="51E1015E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Assessment of object / site or collection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3FFE5C59" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3FFE5C59" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="672C9B0C" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="672C9B0C" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="037B941C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="037B941C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="36ED9E1C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="36ED9E1C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Interventive Treatment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="54D76AE4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="54D76AE4" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="03A1E1AD" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="03A1E1AD" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3544FC9E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3544FC9E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="329C0A66" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="329C0A66" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Preventive Measures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2747AC18" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2747AC18" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="4BD5C6EC" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="4BD5C6EC" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="745B4BDD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="745B4BDD" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6D7A48F4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6D7A48F4" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Research </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="074DB999" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="074DB999" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="097E2969" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="097E2969" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="633D293E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="633D293E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3C6423BD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3C6423BD" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Conservation Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="68BBD8EF" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="68BBD8EF" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="43AAEB2B" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="43AAEB2B" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="480759CA" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="480759CA" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10915" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5D0C8082" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5D0C8082" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Other (please specify)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="629086D1" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="629086D1" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="887"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0F0CB8B3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0F0CB8B3" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>To what extent did you have autonomy in this project?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0F4B59A8" w:rsidRDefault="00CD3BB6" w14:paraId="761669F7" w14:noSpellErr="1" w14:textId="581441D7">
-[...10 lines deleted...]
-                <w:bCs w:val="1"/>
+          <w:p w14:paraId="761669F7" w14:textId="581441D7" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="0F4B59A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0F4B59A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0F4B59A8" w:rsidR="75D4F99A">
+            <w:r w:rsidR="75D4F99A" w:rsidRPr="0F4B59A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Mark the box)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="54EC18BF" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="007E4682" w14:textId="77777777">
+          <w:p w14:paraId="54EC18BF" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="007E4682" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Note: To be able to meet the assessment criteria at the correct level, candidates need to have enough knowledge and experience that they can work with autonomy. They should not require close supervision to ensure decisions or quality of work are acceptable.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0763AB04" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0763AB04" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">I had total autonomy when working within my field of expertise </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="15A47E5E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="15A47E5E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="32734B6A" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="32734B6A" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="1126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5D90FDFE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5D90FDFE" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1E6CD763" w14:textId="1741F2D4">
+          </w:tcPr>
+          <w:p w14:paraId="1E6CD763" w14:textId="1741F2D4" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">I had some autonomy when working within my field of </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E76CD4" w:rsidR="00175CCB">
+            <w:r w:rsidR="00175CCB" w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>expertise but</w:t>
             </w:r>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> sometimes had to get decisions approved by managers or other stakeholders. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="508FA9D6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="508FA9D6" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="41AAFEE2" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="41AAFEE2" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="1070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0C20DEBA" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0C20DEBA" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E76CD4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="640D4868" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="640D4868" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00E76CD4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>I generally had to follow instructions provided by others.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6C9F9884" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6C9F9884" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="3765EBE2" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="3765EBE2" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="194"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14596" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="0010522A" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5800F28D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5800F28D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="0010522A" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="79363F0E" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="79363F0E" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5C16FCB7" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5C16FCB7" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Which of the Icon Professional Standards does this project meet? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="009A454A" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="78E9DA7C" w14:textId="77777777">
+          <w:p w14:paraId="78E9DA7C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="009A454A" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A454A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Highlight all that are relevant)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3E6FB75D" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5EDA4F6A" w14:textId="77777777">
+          <w:p w14:paraId="3E6FB75D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EDA4F6A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B07BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(Note: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment candidates are required to explicitly explain </w:t>
             </w:r>
             <w:r w:rsidRPr="005A761B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>how</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> projects relate to specific professional standards. Therefore, being aware exactly which standards are covered by which project is vital. Refer to the ACR Assessment Criteria for details.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="78256D2C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="78256D2C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St. 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4EDA1EC1" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4EDA1EC1" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="20DAB000" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="20DAB000" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="009EBA55" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="009EBA55" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="645F098C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="645F098C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2CFE2251" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2CFE2251" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2C77564B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2C77564B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="6CA65AD1" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="6CA65AD1" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="311DE4B0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="311DE4B0" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="62DAFD4A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="62DAFD4A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St. 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0633F96C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0633F96C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="12F4492D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="12F4492D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="40A80BE1" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="40A80BE1" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8005" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="09DC89FD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="09DC89FD" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="2D28669F" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="2D28669F" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="44F6EEB3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="44F6EEB3" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="50301CB9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="50301CB9" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St. 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="60CABAEC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="60CABAEC" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5C71E825" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5C71E825" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="18E3A950" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="18E3A950" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="70E31BAE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="70E31BAE" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="53A9D633" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="53A9D633" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="358B4343" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="358B4343" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3AA027EC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3AA027EC" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="5A7DD00E" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="5A7DD00E" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="01F5AC18" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="01F5AC18" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="48D7CF63" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="48D7CF63" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St. 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1A3BEB6D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1A3BEB6D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="07C372A4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="07C372A4" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7011C056" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7011C056" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="740C9D5F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="740C9D5F" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="22FE48B7" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="22FE48B7" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="10384A0F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="10384A0F" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="0CA44CB2" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="0CA44CB2" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="27A3822D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="27A3822D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="46C5D110" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="46C5D110" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St. 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2DF22F0D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2DF22F0D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3F03D034" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3F03D034" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="10572380" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="10572380" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="79F99959" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="79F99959" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7277" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="777CDFD8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="777CDFD8" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0F4B59A8" w14:paraId="1B8E2020" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="1B8E2020" w14:textId="77777777" w:rsidTr="0F4B59A8">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="161EF972" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="161EF972" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="865" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="3D544768" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3D544768" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St. 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="65443513" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="65443513" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="04B50102" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="04B50102" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="2EF45ACE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2EF45ACE" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6F4C69B3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6F4C69B3" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="617FE233" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="617FE233" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="0215A735" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0215A735" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="13BC4637" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="13BC4637" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="38DE7B08" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="38DE7B08" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4A22C496" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4A22C496" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="32DC90CD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="32DC90CD" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="52ABC7F0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="52ABC7F0" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="23221642" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="23221642" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="6DBCB42C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6DBCB42C" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="007940EF" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7B58DFC9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7B58DFC9" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="007940EF" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007940EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00CD3BB6" w:rsidR="00CD3BB6" w:rsidP="00CD3BB6" w:rsidRDefault="00CD3BB6" w14:paraId="36733A13" w14:textId="561055E7">
+    <w:p w14:paraId="36733A13" w14:textId="561055E7" w:rsidR="00CD3BB6" w:rsidRPr="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00E44B36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3 Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="218"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="15388"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0076657C" w14:paraId="5F5BFB86" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="5F5BFB86" w14:textId="77777777" w:rsidTr="009F6EC5">
         <w:trPr>
           <w:trHeight w:val="944"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7D87CB8E" w14:textId="77777777">
+          <w:p w14:paraId="7D87CB8E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008666A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Background to the Project</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> (Approximately 100 words) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="002C23B4" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5D9912ED" w14:textId="77777777">
+          <w:p w14:paraId="5D9912ED" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="002C23B4" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">(Please provide any useful contextual information to help us understand the nature of the project. For example: history, provenance, condition, use, location, storage etc.) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5477F02E" w14:textId="77777777">
+          <w:p w14:paraId="5477F02E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1845E5A3" w14:textId="77777777">
+          <w:p w14:paraId="1845E5A3" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4C875849" w14:textId="77777777">
+          <w:p w14:paraId="4C875849" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7F52B997" w14:textId="77777777">
+          <w:p w14:paraId="7F52B997" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="23A6C43A" w14:textId="77777777">
+          <w:p w14:paraId="23A6C43A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4FC2ADFA" w14:textId="77777777">
+          <w:p w14:paraId="4FC2ADFA" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="7A991F8A" w14:textId="77777777">
+          <w:p w14:paraId="7A991F8A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0076657C" w14:paraId="71EC5B4B" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="71EC5B4B" w14:textId="77777777" w:rsidTr="009F6EC5">
         <w:trPr>
           <w:trHeight w:val="943"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00676890" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="66CD3066" w14:textId="55E67AF8">
+          <w:p w14:paraId="66CD3066" w14:textId="55E67AF8" w:rsidR="00CD3BB6" w:rsidRPr="00676890" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>What was your role in this project? Describe the various tasks you performed</w:t>
             </w:r>
-            <w:r w:rsidRPr="00676890" w:rsidR="0019463C">
+            <w:r w:rsidR="0019463C" w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Approximately 200 words)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00676890" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="68C6A865" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="283727C0" w14:textId="69383931">
+          <w:p w14:paraId="68C6A865" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="00676890" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="283727C0" w14:textId="69383931" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Be as specific as possible (for instance, don’t just say ‘I performed treatments’ give detail about the nature of these treatments.) Use conservation terminology. Focus on your individual contribution rather than the work of the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00676890" w:rsidR="0019463C">
+            <w:r w:rsidR="0019463C" w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>team</w:t>
             </w:r>
             <w:r w:rsidRPr="00676890">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="66FCAA4B" w14:textId="77777777">
-[...83 lines deleted...]
-          <w:p w:rsidRPr="008666A2" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="65A123EE" w14:textId="77777777">
+          <w:p w14:paraId="66FCAA4B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="061DEC45" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44FDD18E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="585D2128" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07CDDCF1" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FA1C21E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BA0FE6B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A4D4315" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31137258" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52165B28" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EB3E86B" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16E83760" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65A123EE" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="008666A2" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD3BB6" w:rsidTr="0076657C" w14:paraId="1F1A0EC8" w14:textId="77777777">
+      <w:tr w:rsidR="00CD3BB6" w14:paraId="1F1A0EC8" w14:textId="77777777" w:rsidTr="009F6EC5">
         <w:trPr>
           <w:trHeight w:val="943"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1377336D" w14:textId="77777777">
+          <w:p w14:paraId="1377336D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645CB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>With reference to the Icon criteria for complexity (see guidance notes page for details), explain why this project is a complex project.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="5EFC94B8" w14:textId="77777777">
+          <w:p w14:paraId="5EFC94B8" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB79AE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Approximately 100 words.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="1AE2328F" w14:textId="77777777">
-[...53 lines deleted...]
-          <w:p w:rsidRPr="008666A2" w:rsidR="00CD3BB6" w:rsidP="0076657C" w:rsidRDefault="00CD3BB6" w14:paraId="4C48C77E" w14:textId="77777777">
+          <w:p w14:paraId="1AE2328F" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72BA5803" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71CF508A" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3951BC3D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FAF3E9D" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5101C754" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C48C77E" w14:textId="77777777" w:rsidR="00CD3BB6" w:rsidRPr="008666A2" w:rsidRDefault="00CD3BB6" w:rsidP="009F6EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00CD3BB6" w:rsidR="00C21B65" w:rsidRDefault="00C21B65" w14:paraId="60D80FF5" w14:textId="1E7F5304">
+    <w:p w14:paraId="60D80FF5" w14:textId="1E7F5304" w:rsidR="00C21B65" w:rsidRPr="00CD3BB6" w:rsidRDefault="00C21B65">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00C21B65" w:rsidP="007440F6" w:rsidRDefault="00C21B65" w14:paraId="5E7D6FA7" w14:textId="77777777">
+    <w:p w14:paraId="5E7D6FA7" w14:textId="77777777" w:rsidR="00C21B65" w:rsidRPr="00F343A0" w:rsidRDefault="00C21B65" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA1CE8" w:rsidP="00CD3BB6" w:rsidRDefault="00FA1CE8" w14:paraId="7983A490" w14:textId="53F9334C">
-[...11 lines deleted...]
-        <w:t>SUBMISSION</w:t>
+    <w:p w14:paraId="0B35376E" w14:textId="736DA74C" w:rsidR="00FA1CE8" w:rsidRDefault="006228AB" w:rsidP="00DA0F2A">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006228AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>Submission</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA1CE8" w:rsidP="007440F6" w:rsidRDefault="00FA1CE8" w14:paraId="0B35376E" w14:textId="77777777">
+    <w:p w14:paraId="3D2355A8" w14:textId="77777777" w:rsidR="00DA0F2A" w:rsidRPr="00DA0F2A" w:rsidRDefault="00DA0F2A" w:rsidP="00DA0F2A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="647027C2" w14:textId="77777777" w:rsidR="003C7950" w:rsidRPr="00F343A0" w:rsidRDefault="003C7950" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA1CE8" w:rsidP="007440F6" w:rsidRDefault="00FA1CE8" w14:paraId="6A53EE00" w14:textId="77777777">
+    <w:p w14:paraId="4B8AC076" w14:textId="77777777" w:rsidR="006228AB" w:rsidRDefault="006228AB" w:rsidP="006228AB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006228AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-      </w:pPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>FEE BREAKDOWN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006228AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006228AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Icon do not profit from Accreditation fees.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="5F7CD09B" w14:textId="139C32C2">
+    <w:p w14:paraId="25065931" w14:textId="77777777" w:rsidR="006228AB" w:rsidRDefault="006228AB" w:rsidP="006228AB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F987CF8" w14:textId="31D3DD78" w:rsidR="006228AB" w:rsidRDefault="006228AB" w:rsidP="006228AB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="55E0494B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="55E0494B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>true</w:t>
+      </w:r>
+      <w:r w:rsidRPr="55E0494B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> cost of the process, factoring in stakeholder time, is estimated to be approximately £2,000. However, thanks to the voluntary contributions of our Mentors and Accreditation Moderation Committee, we are able to offer a reduced fee of £950. This covers the Assessors’ time (£750), license for OneFile e-portfolio (£</w:t>
+      </w:r>
+      <w:r w:rsidR="60958143" w:rsidRPr="55E0494B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="55E0494B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>5) with the remaining amount used to subsidise administrative time and, if required, Assessor travel costs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA90238" w14:textId="77777777" w:rsidR="006228AB" w:rsidRDefault="006228AB" w:rsidP="007440F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1262FB12" w14:textId="77777777" w:rsidR="006228AB" w:rsidRDefault="006228AB" w:rsidP="007440F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E907F31" w14:textId="77777777" w:rsidR="006228AB" w:rsidRDefault="006228AB" w:rsidP="007440F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006228AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>TIMEFRAME ACKNOWLEDGEMENT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006228AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006228AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>I commit to completing my e-portfolio within 10 months of enrolment on OneFile and both assessment parts (e-portfolio and the Assessment Day) within 16 months.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006228AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I understand that failure to adhere to the initial timeframe proposed by Icon may result in an extended registration period on OneFile. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3454EB" w14:textId="77777777" w:rsidR="006228AB" w:rsidRDefault="006228AB" w:rsidP="007440F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FAAC5D2" w14:textId="656167A9" w:rsidR="006228AB" w:rsidRDefault="006228AB" w:rsidP="007440F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="55E0494B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>I further acknowledge that if my access to OneFile exceeds 12 months, an additional fee of £</w:t>
+      </w:r>
+      <w:r w:rsidR="6BF3D6D8" w:rsidRPr="55E0494B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="55E0494B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>5 will be paid to cover the cost of my OneFile licence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D8987F" w14:textId="77777777" w:rsidR="006228AB" w:rsidRDefault="006228AB" w:rsidP="007440F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD7D443" w14:textId="77777777" w:rsidR="003C7950" w:rsidRDefault="003C7950" w:rsidP="007440F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EF5D162" w14:textId="77777777" w:rsidR="003C7950" w:rsidRPr="00F343A0" w:rsidRDefault="003C7950" w:rsidP="003C7950">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>APPLICANT DECLARATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="525BA918" w14:textId="77777777">
+    <w:p w14:paraId="376E9C35" w14:textId="77777777" w:rsidR="003C7950" w:rsidRPr="00F343A0" w:rsidRDefault="003C7950" w:rsidP="003C7950">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="2172CEF1" w14:textId="5B3F85C5">
+    <w:p w14:paraId="296B5D9E" w14:textId="77777777" w:rsidR="003C7950" w:rsidRPr="00F343A0" w:rsidRDefault="003C7950" w:rsidP="003C7950">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>I declare that all statements which I have made in this document are to the best of my knowledge truthful</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> the decision of the Icon is final. </w:t>
+        <w:t xml:space="preserve">I declare that all statements which I have made in this document are to the best of my knowledge truthful. I undertake to comply with the Icon Professional Standards and Code of Conduct in my work. I accept that in the case of an appeal against a review decision; the decision of the Icon is final. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="4C79C97E" w14:textId="77777777">
+    <w:p w14:paraId="16F3515D" w14:textId="77777777" w:rsidR="003C7950" w:rsidRPr="00F343A0" w:rsidRDefault="003C7950" w:rsidP="003C7950">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="7733CDB9" w14:textId="77777777">
+    <w:p w14:paraId="6E16E255" w14:textId="01BECA22" w:rsidR="003C7950" w:rsidRDefault="003C7950" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Deliberately making a statement which is false or calculated to mislead will result in disqualification from accreditation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00FA1CE8" w:rsidP="007440F6" w:rsidRDefault="00FA1CE8" w14:paraId="09852FA9" w14:textId="77777777">
+    <w:p w14:paraId="5FF8F461" w14:textId="77777777" w:rsidR="006228AB" w:rsidRDefault="006228AB" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="19682214" w14:textId="77777777">
+    <w:p w14:paraId="55B5EAE1" w14:textId="77777777" w:rsidR="006228AB" w:rsidRDefault="006228AB" w:rsidP="007440F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01A4428F" w14:textId="4F1E3A78" w:rsidR="006228AB" w:rsidRPr="00F343A0" w:rsidRDefault="006228AB" w:rsidP="007440F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006228AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>By signing below, I confirm that I have read, understood and agree to these terms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09852FA9" w14:textId="77777777" w:rsidR="00FA1CE8" w:rsidRPr="00F343A0" w:rsidRDefault="00FA1CE8" w:rsidP="007440F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19682214" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7298"/>
         <w:gridCol w:w="7298"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidTr="00C34523" w14:paraId="546D5D56" w14:textId="77777777">
+      <w:tr w:rsidR="00C34523" w:rsidRPr="00F343A0" w14:paraId="546D5D56" w14:textId="77777777" w:rsidTr="00C34523">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7298" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="4AF01416" w14:textId="77777777">
+          <w:p w14:paraId="4AF01416" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7298" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="773F5A05" w14:textId="77777777">
+          <w:p w14:paraId="773F5A05" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F343A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="02A29F43" w14:textId="77777777">
+    <w:p w14:paraId="02A29F43" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0F4B59A8" w:rsidP="0F4B59A8" w:rsidRDefault="0F4B59A8" w14:paraId="186375D0" w14:textId="56F27384">
+    <w:p w14:paraId="186375D0" w14:textId="56F27384" w:rsidR="0F4B59A8" w:rsidRDefault="0F4B59A8" w:rsidP="0F4B59A8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0F4B59A8" w:rsidP="0F4B59A8" w:rsidRDefault="0F4B59A8" w14:paraId="76818E3E" w14:textId="4940D66B">
+    <w:p w14:paraId="76818E3E" w14:textId="4940D66B" w:rsidR="0F4B59A8" w:rsidRDefault="0F4B59A8" w:rsidP="0F4B59A8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="33C479D9" w14:textId="77777777">
+    <w:p w14:paraId="33C479D9" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">End of Application Form </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidP="007440F6" w:rsidRDefault="00C34523" w14:paraId="71F085C5" w14:textId="77777777">
+    <w:p w14:paraId="71F085C5" w14:textId="77777777" w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidRDefault="00C34523" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidRPr="00F343A0" w:rsidR="00C34523" w:rsidSect="00FD635E">
+    <w:sectPr w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidSect="00FD635E">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EF68B4" w:rsidP="00FB64BA" w:rsidRDefault="00EF68B4" w14:paraId="19E87A86" w14:textId="77777777">
+    <w:p w14:paraId="44F397B3" w14:textId="77777777" w:rsidR="004268C7" w:rsidRDefault="004268C7" w:rsidP="00FB64BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EF68B4" w:rsidP="00FB64BA" w:rsidRDefault="00EF68B4" w14:paraId="5328837F" w14:textId="77777777">
+    <w:p w14:paraId="7F9CB8A7" w14:textId="77777777" w:rsidR="004268C7" w:rsidRDefault="004268C7" w:rsidP="00FB64BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial Nova Light">
-    <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00FB64BA" w:rsidRDefault="00FB64BA" w14:paraId="184FEBEE" w14:textId="77777777">
+  <w:p w14:paraId="184FEBEE" w14:textId="77777777" w:rsidR="00FB64BA" w:rsidRDefault="00FB64BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EF68B4" w:rsidP="00FB64BA" w:rsidRDefault="00EF68B4" w14:paraId="0A6CFA44" w14:textId="77777777">
+    <w:p w14:paraId="6EEBAA06" w14:textId="77777777" w:rsidR="004268C7" w:rsidRDefault="004268C7" w:rsidP="00FB64BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EF68B4" w:rsidP="00FB64BA" w:rsidRDefault="00EF68B4" w14:paraId="0341EA2C" w14:textId="77777777">
+    <w:p w14:paraId="68694E43" w14:textId="77777777" w:rsidR="004268C7" w:rsidRDefault="004268C7" w:rsidP="00FB64BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02D71B37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7CEE337A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="104965F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A4AB16A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="128F2A6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB2CA53A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D6D1E6D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="05724390"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A6058B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE16260E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CD8232C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11C8A33E"/>
     <w:lvl w:ilvl="0" w:tplc="08090009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F436569"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50009F24"/>
     <w:lvl w:ilvl="0" w:tplc="08090009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61734AA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="31D8A71A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="674B7EAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5120C26"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A075E31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A94C735C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F02561D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E18EBEF8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F5B2829"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="774044E4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1230455800">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1414548802">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="793016048">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="443429464">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="397171486">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1367487001">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="952244064">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2023362185">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1370648627">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="447555516">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="722561060">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="318853352">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-[...1 lines deleted...]
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E3371"/>
     <w:rsid w:val="00001086"/>
     <w:rsid w:val="00003AC0"/>
     <w:rsid w:val="00074A74"/>
     <w:rsid w:val="00076661"/>
+    <w:rsid w:val="000C4CE5"/>
     <w:rsid w:val="000D39DF"/>
     <w:rsid w:val="000D6732"/>
     <w:rsid w:val="000D75E8"/>
     <w:rsid w:val="000E72EC"/>
+    <w:rsid w:val="000F088B"/>
     <w:rsid w:val="000F3FE2"/>
     <w:rsid w:val="000F710B"/>
     <w:rsid w:val="0010522A"/>
     <w:rsid w:val="00111DAD"/>
     <w:rsid w:val="0014350E"/>
     <w:rsid w:val="00146E03"/>
     <w:rsid w:val="00151AC3"/>
+    <w:rsid w:val="001540C6"/>
     <w:rsid w:val="00175CCB"/>
     <w:rsid w:val="0019463C"/>
     <w:rsid w:val="001A1B8C"/>
     <w:rsid w:val="001A37BE"/>
     <w:rsid w:val="001A7EB7"/>
     <w:rsid w:val="001B07BF"/>
     <w:rsid w:val="001C439F"/>
     <w:rsid w:val="001C5E9A"/>
     <w:rsid w:val="001C6FA8"/>
     <w:rsid w:val="001D00DA"/>
     <w:rsid w:val="001D2F21"/>
     <w:rsid w:val="001F6A41"/>
     <w:rsid w:val="00204558"/>
     <w:rsid w:val="00230240"/>
     <w:rsid w:val="00232DBC"/>
     <w:rsid w:val="002367D5"/>
     <w:rsid w:val="00237A63"/>
     <w:rsid w:val="00245642"/>
     <w:rsid w:val="00272E11"/>
     <w:rsid w:val="00275244"/>
     <w:rsid w:val="0028468E"/>
+    <w:rsid w:val="00297480"/>
     <w:rsid w:val="002B64D0"/>
     <w:rsid w:val="002C23B4"/>
     <w:rsid w:val="002E78A6"/>
     <w:rsid w:val="002F1DE8"/>
     <w:rsid w:val="003160E1"/>
     <w:rsid w:val="00337685"/>
     <w:rsid w:val="00343DFB"/>
     <w:rsid w:val="00347817"/>
     <w:rsid w:val="003A098C"/>
+    <w:rsid w:val="003C7950"/>
     <w:rsid w:val="003D575A"/>
     <w:rsid w:val="003F5C25"/>
+    <w:rsid w:val="004268C7"/>
     <w:rsid w:val="00434150"/>
     <w:rsid w:val="0045774B"/>
     <w:rsid w:val="00465F3F"/>
     <w:rsid w:val="00466225"/>
     <w:rsid w:val="004B62D0"/>
     <w:rsid w:val="004C700F"/>
     <w:rsid w:val="004D711B"/>
     <w:rsid w:val="004E222A"/>
     <w:rsid w:val="004F00EB"/>
     <w:rsid w:val="00505F06"/>
     <w:rsid w:val="00546CA8"/>
     <w:rsid w:val="00547C61"/>
     <w:rsid w:val="005706AD"/>
     <w:rsid w:val="0057604B"/>
     <w:rsid w:val="005A761B"/>
     <w:rsid w:val="005D29CD"/>
     <w:rsid w:val="005D2CF7"/>
+    <w:rsid w:val="006228AB"/>
     <w:rsid w:val="00645275"/>
     <w:rsid w:val="00645CB8"/>
     <w:rsid w:val="00655442"/>
     <w:rsid w:val="00676890"/>
     <w:rsid w:val="006A5DFD"/>
     <w:rsid w:val="006D414E"/>
     <w:rsid w:val="006D5F6B"/>
     <w:rsid w:val="006E1621"/>
     <w:rsid w:val="007217D2"/>
     <w:rsid w:val="00724646"/>
     <w:rsid w:val="00741A81"/>
     <w:rsid w:val="007440F6"/>
     <w:rsid w:val="007558CE"/>
+    <w:rsid w:val="00757DEC"/>
     <w:rsid w:val="007940EF"/>
     <w:rsid w:val="0079692C"/>
     <w:rsid w:val="007B7609"/>
+    <w:rsid w:val="007C6AA0"/>
     <w:rsid w:val="007C6FB5"/>
     <w:rsid w:val="007E18E7"/>
     <w:rsid w:val="007E3371"/>
     <w:rsid w:val="00802F0F"/>
     <w:rsid w:val="00824201"/>
     <w:rsid w:val="008427A9"/>
     <w:rsid w:val="0084511D"/>
     <w:rsid w:val="00861934"/>
     <w:rsid w:val="008666A2"/>
     <w:rsid w:val="00873298"/>
     <w:rsid w:val="008B5984"/>
     <w:rsid w:val="008F7F2B"/>
     <w:rsid w:val="0092331A"/>
     <w:rsid w:val="0094103A"/>
     <w:rsid w:val="00942B64"/>
     <w:rsid w:val="00973E33"/>
     <w:rsid w:val="00995B88"/>
     <w:rsid w:val="009A454A"/>
+    <w:rsid w:val="009F6EC5"/>
     <w:rsid w:val="00A05104"/>
     <w:rsid w:val="00A11DA7"/>
     <w:rsid w:val="00A553BE"/>
     <w:rsid w:val="00A65A9A"/>
     <w:rsid w:val="00A90E1D"/>
     <w:rsid w:val="00AA4343"/>
     <w:rsid w:val="00AB3643"/>
     <w:rsid w:val="00AB79AE"/>
     <w:rsid w:val="00AB7D09"/>
     <w:rsid w:val="00AD699E"/>
+    <w:rsid w:val="00AE6433"/>
     <w:rsid w:val="00AF6302"/>
     <w:rsid w:val="00B07BBF"/>
     <w:rsid w:val="00B24866"/>
     <w:rsid w:val="00B33395"/>
     <w:rsid w:val="00B3612B"/>
     <w:rsid w:val="00B42A03"/>
     <w:rsid w:val="00B44332"/>
     <w:rsid w:val="00B524FE"/>
     <w:rsid w:val="00B71614"/>
     <w:rsid w:val="00B93B80"/>
     <w:rsid w:val="00BC60C6"/>
     <w:rsid w:val="00BC7634"/>
     <w:rsid w:val="00BD2E93"/>
     <w:rsid w:val="00BE4708"/>
     <w:rsid w:val="00BF54DB"/>
     <w:rsid w:val="00BF6B49"/>
     <w:rsid w:val="00C0157F"/>
     <w:rsid w:val="00C01748"/>
     <w:rsid w:val="00C21B65"/>
     <w:rsid w:val="00C2267C"/>
     <w:rsid w:val="00C34523"/>
     <w:rsid w:val="00C43510"/>
     <w:rsid w:val="00C56459"/>
     <w:rsid w:val="00C86B0B"/>
     <w:rsid w:val="00CC0D11"/>
     <w:rsid w:val="00CC7377"/>
     <w:rsid w:val="00CD00F0"/>
     <w:rsid w:val="00CD25AB"/>
     <w:rsid w:val="00CD3BB6"/>
     <w:rsid w:val="00CD3E55"/>
+    <w:rsid w:val="00CE104D"/>
+    <w:rsid w:val="00D0029B"/>
     <w:rsid w:val="00D2709F"/>
     <w:rsid w:val="00D65EFF"/>
+    <w:rsid w:val="00DA0F2A"/>
     <w:rsid w:val="00DA3999"/>
     <w:rsid w:val="00DE75B3"/>
     <w:rsid w:val="00DE789D"/>
     <w:rsid w:val="00E05FDB"/>
     <w:rsid w:val="00E27BC4"/>
     <w:rsid w:val="00E3317E"/>
     <w:rsid w:val="00E44B36"/>
     <w:rsid w:val="00E45303"/>
     <w:rsid w:val="00E5416D"/>
     <w:rsid w:val="00E6701A"/>
     <w:rsid w:val="00E76CD4"/>
     <w:rsid w:val="00E86D78"/>
     <w:rsid w:val="00EC5C54"/>
     <w:rsid w:val="00EF4CA9"/>
     <w:rsid w:val="00EF68B4"/>
     <w:rsid w:val="00F171AC"/>
     <w:rsid w:val="00F343A0"/>
     <w:rsid w:val="00F4031E"/>
     <w:rsid w:val="00F4527D"/>
     <w:rsid w:val="00F540D3"/>
     <w:rsid w:val="00F75551"/>
     <w:rsid w:val="00FA1CE8"/>
     <w:rsid w:val="00FA3194"/>
     <w:rsid w:val="00FB0363"/>
     <w:rsid w:val="00FB15B4"/>
     <w:rsid w:val="00FB64BA"/>
     <w:rsid w:val="00FD635E"/>
+    <w:rsid w:val="00FE107B"/>
     <w:rsid w:val="07B771D9"/>
     <w:rsid w:val="08EC5E9A"/>
     <w:rsid w:val="0A699AB2"/>
     <w:rsid w:val="0F4B59A8"/>
+    <w:rsid w:val="35207BCE"/>
     <w:rsid w:val="3C7243CA"/>
     <w:rsid w:val="55AD33F2"/>
+    <w:rsid w:val="55E0494B"/>
     <w:rsid w:val="5FED5AD6"/>
+    <w:rsid w:val="60958143"/>
     <w:rsid w:val="62E0A51F"/>
     <w:rsid w:val="69DDA84D"/>
+    <w:rsid w:val="6BF3D6D8"/>
     <w:rsid w:val="75D4F99A"/>
     <w:rsid w:val="778C1823"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3F4BAA08"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{BE2FD20F-CC9D-477E-AE5C-B56EE71BF274}"/>
+  <w15:docId w15:val="{E5C13D14-EC56-4DB9-96B5-FCC81ECCC55C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11978,52 +11911,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -12090,285 +12023,285 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="001A1B8C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Nova Light" w:hAnsi="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Nova Light" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007440F6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="007E3371"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0084511D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008427A9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="001A1B8C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Nova Light" w:hAnsi="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Nova Light" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="001A1B8C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Nova Light" w:hAnsi="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Nova Light" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="001A1B8C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Nova Light" w:hAnsi="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial Nova Light" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial Nova Light" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C34523"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="007440F6"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB64BA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FB64BA"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB64BA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FB64BA"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="693261998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -12395,55 +12328,56 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1835533122">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -12710,52 +12644,76 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004BDF49E0CE88F84DADA339AA8A6B4484" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29a7cd51b584f1f6f7a50d5cddb9142a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="59ef66b6-230b-485a-897e-c57cb2828f0c" xmlns:ns3="9326bd46-8c2c-4879-b44c-ce965f3ac557" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0fcd80034f7a207480b9ba811d12a184" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="9326bd46-8c2c-4879-b44c-ce965f3ac557" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="59ef66b6-230b-485a-897e-c57cb2828f0c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004BDF49E0CE88F84DADA339AA8A6B4484" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69995ea975097218f82223ad60769944">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="59ef66b6-230b-485a-897e-c57cb2828f0c" xmlns:ns3="9326bd46-8c2c-4879-b44c-ce965f3ac557" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d2c5e6498e945969017d6755c7b366aa" ns2:_="" ns3:_="">
     <xsd:import namespace="59ef66b6-230b-485a-897e-c57cb2828f0c"/>
     <xsd:import namespace="9326bd46-8c2c-4879-b44c-ce965f3ac557"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -12970,118 +12928,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D898E44E-F58A-4601-880D-A7251B31C13B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB9F3A72-8B48-472D-9EEB-3E07B3F1CF65}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C36771E-5739-4FCF-95FE-EF9E2BFB92A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9326bd46-8c2c-4879-b44c-ce965f3ac557"/>
     <ds:schemaRef ds:uri="59ef66b6-230b-485a-897e-c57cb2828f0c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C090148-19A4-4D46-B8D7-71BA326D614B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB9F3A72-8B48-472D-9EEB-3E07B3F1CF65}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A10C44E-40C8-4A46-8654-7DB11A534B2A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="59ef66b6-230b-485a-897e-c57cb2828f0c"/>
+    <ds:schemaRef ds:uri="9326bd46-8c2c-4879-b44c-ce965f3ac557"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>1731</Words>
+  <Characters>9867</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>4</DocSecurity>
+  <Lines>82</Lines>
+  <Paragraphs>23</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>11575</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Patrick Whife</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Iulia Beres</lastModifiedBy>
-  <revision>4</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101004BDF49E0CE88F84DADA339AA8A6B4484</vt:lpwstr>
   </property>
 </Properties>
 </file>