--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -589,50 +589,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="321CF121" w14:textId="6590B3CE" w:rsidR="001A1B8C" w:rsidRPr="00F343A0" w:rsidRDefault="001A1B8C" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Qualifications</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0DFEA2" w14:textId="62707C20" w:rsidR="001A1B8C" w:rsidRPr="002F1DE8" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1DE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Please list any relevant qualifications that you hold.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32CF16A7" w14:textId="77777777" w:rsidR="007E18E7" w:rsidRPr="00F343A0" w:rsidRDefault="007E18E7" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
@@ -983,50 +984,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AB39A3F" w14:textId="77777777" w:rsidR="00151AC3" w:rsidRPr="00F343A0" w:rsidRDefault="00151AC3" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02CBEF5E" w14:textId="119F593B" w:rsidR="00151AC3" w:rsidRPr="00151AC3" w:rsidRDefault="00151AC3" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00151AC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>SECTION 3:  UNDERSTANDING YOUR PROJECTS:  GUIDANCE NOTES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05EC23D9" w14:textId="77777777" w:rsidR="00151AC3" w:rsidRDefault="00151AC3" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="733AE2C5" w14:textId="1670DC9B" w:rsidR="00E05FDB" w:rsidRPr="00F343A0" w:rsidRDefault="001F6A41" w:rsidP="007440F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
@@ -1629,50 +1631,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00F343A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C019587" w14:textId="3CB4047F" w:rsidR="001C6FA8" w:rsidRDefault="001C6FA8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Project 1 Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3681"/>
         <w:gridCol w:w="865"/>
         <w:gridCol w:w="590"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="322"/>
@@ -2465,61 +2468,81 @@
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="507780F7" w14:textId="77777777" w:rsidR="0010522A" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Which of the Icon Professional Standards does this project meet? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A153F8B" w14:textId="4DD9B3C0" w:rsidR="0010522A" w:rsidRPr="009A454A" w:rsidRDefault="0010522A">
+          <w:p w14:paraId="5A153F8B" w14:textId="395ECCD9" w:rsidR="0010522A" w:rsidRPr="009A454A" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A454A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>(Highlight all that are relevant)</w:t>
+              <w:t xml:space="preserve">(Highlight </w:t>
+            </w:r>
+            <w:r w:rsidR="00C01E4A" w:rsidRPr="00C01E4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>only</w:t>
+            </w:r>
+            <w:r w:rsidR="00C01E4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> those</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A454A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that are relevant)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="625296CA" w14:textId="77777777" w:rsidR="0010522A" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D22B4A5" w14:textId="0E56F738" w:rsidR="0010522A" w:rsidRPr="007940EF" w:rsidRDefault="0010522A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B07BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3886,50 +3909,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E1597EA" w14:textId="177D4B19" w:rsidR="00465F3F" w:rsidRPr="00CD3BB6" w:rsidRDefault="001C6FA8" w:rsidP="00CD3BB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00C21B65" w:rsidRPr="00E44B36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Project 1</w:t>
       </w:r>
       <w:r w:rsidR="00CD3BB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="218"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="15388"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C2267C" w14:paraId="46DB9E05" w14:textId="77777777" w:rsidTr="00CD3BB6">
         <w:trPr>
           <w:trHeight w:val="944"/>
         </w:trPr>
@@ -4353,50 +4377,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D3B5399" w14:textId="6D7AEBD4" w:rsidR="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Project 2 Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3681"/>
         <w:gridCol w:w="865"/>
         <w:gridCol w:w="590"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="727"/>
         <w:gridCol w:w="322"/>
@@ -6396,50 +6421,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5FD4F800" w14:textId="3D45096C" w:rsidR="00CD3BB6" w:rsidRPr="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00E44B36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2 Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="218"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="15388"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CD3BB6" w14:paraId="0BCA36C2" w14:textId="77777777" w:rsidTr="009F6EC5">
         <w:trPr>
           <w:trHeight w:val="944"/>
         </w:trPr>
@@ -8904,50 +8930,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36733A13" w14:textId="561055E7" w:rsidR="00CD3BB6" w:rsidRPr="00CD3BB6" w:rsidRDefault="00CD3BB6" w:rsidP="00CD3BB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00E44B36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3 Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="218"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="15388"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CD3BB6" w14:paraId="5F5BFB86" w14:textId="77777777" w:rsidTr="009F6EC5">
         <w:trPr>
           <w:trHeight w:val="944"/>
         </w:trPr>
@@ -9809,61 +9836,61 @@
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C34523" w:rsidRPr="00F343A0" w:rsidSect="00FD635E">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44F397B3" w14:textId="77777777" w:rsidR="004268C7" w:rsidRDefault="004268C7" w:rsidP="00FB64BA">
+    <w:p w14:paraId="6C3696B5" w14:textId="77777777" w:rsidR="00FF7405" w:rsidRDefault="00FF7405" w:rsidP="00FB64BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F9CB8A7" w14:textId="77777777" w:rsidR="004268C7" w:rsidRDefault="004268C7" w:rsidP="00FB64BA">
+    <w:p w14:paraId="15E82C01" w14:textId="77777777" w:rsidR="00FF7405" w:rsidRDefault="00FF7405" w:rsidP="00FB64BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -9876,105 +9903,105 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Nova Light">
+    <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="184FEBEE" w14:textId="77777777" w:rsidR="00FB64BA" w:rsidRDefault="00FB64BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6EEBAA06" w14:textId="77777777" w:rsidR="004268C7" w:rsidRDefault="004268C7" w:rsidP="00FB64BA">
+    <w:p w14:paraId="3EACE182" w14:textId="77777777" w:rsidR="00FF7405" w:rsidRDefault="00FF7405" w:rsidP="00FB64BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68694E43" w14:textId="77777777" w:rsidR="004268C7" w:rsidRDefault="004268C7" w:rsidP="00FB64BA">
+    <w:p w14:paraId="78DE6C80" w14:textId="77777777" w:rsidR="00FF7405" w:rsidRDefault="00FF7405" w:rsidP="00FB64BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02D71B37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7CEE337A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -11377,50 +11404,51 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="952244064">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2023362185">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1370648627">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="447555516">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="722561060">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="318853352">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E3371"/>
     <w:rsid w:val="00001086"/>
@@ -11439,50 +11467,51 @@
     <w:rsid w:val="00111DAD"/>
     <w:rsid w:val="0014350E"/>
     <w:rsid w:val="00146E03"/>
     <w:rsid w:val="00151AC3"/>
     <w:rsid w:val="001540C6"/>
     <w:rsid w:val="00175CCB"/>
     <w:rsid w:val="0019463C"/>
     <w:rsid w:val="001A1B8C"/>
     <w:rsid w:val="001A37BE"/>
     <w:rsid w:val="001A7EB7"/>
     <w:rsid w:val="001B07BF"/>
     <w:rsid w:val="001C439F"/>
     <w:rsid w:val="001C5E9A"/>
     <w:rsid w:val="001C6FA8"/>
     <w:rsid w:val="001D00DA"/>
     <w:rsid w:val="001D2F21"/>
     <w:rsid w:val="001F6A41"/>
     <w:rsid w:val="00204558"/>
     <w:rsid w:val="00230240"/>
     <w:rsid w:val="00232DBC"/>
     <w:rsid w:val="002367D5"/>
     <w:rsid w:val="00237A63"/>
     <w:rsid w:val="00245642"/>
     <w:rsid w:val="00272E11"/>
     <w:rsid w:val="00275244"/>
+    <w:rsid w:val="00280385"/>
     <w:rsid w:val="0028468E"/>
     <w:rsid w:val="00297480"/>
     <w:rsid w:val="002B64D0"/>
     <w:rsid w:val="002C23B4"/>
     <w:rsid w:val="002E78A6"/>
     <w:rsid w:val="002F1DE8"/>
     <w:rsid w:val="003160E1"/>
     <w:rsid w:val="00337685"/>
     <w:rsid w:val="00343DFB"/>
     <w:rsid w:val="00347817"/>
     <w:rsid w:val="003A098C"/>
     <w:rsid w:val="003C7950"/>
     <w:rsid w:val="003D575A"/>
     <w:rsid w:val="003F5C25"/>
     <w:rsid w:val="004268C7"/>
     <w:rsid w:val="00434150"/>
     <w:rsid w:val="0045774B"/>
     <w:rsid w:val="00465F3F"/>
     <w:rsid w:val="00466225"/>
     <w:rsid w:val="004B62D0"/>
     <w:rsid w:val="004C700F"/>
     <w:rsid w:val="004D711B"/>
     <w:rsid w:val="004E222A"/>
     <w:rsid w:val="004F00EB"/>
     <w:rsid w:val="00505F06"/>
@@ -11538,95 +11567,97 @@
     <w:rsid w:val="00A90E1D"/>
     <w:rsid w:val="00AA4343"/>
     <w:rsid w:val="00AB3643"/>
     <w:rsid w:val="00AB79AE"/>
     <w:rsid w:val="00AB7D09"/>
     <w:rsid w:val="00AD699E"/>
     <w:rsid w:val="00AE6433"/>
     <w:rsid w:val="00AF6302"/>
     <w:rsid w:val="00B07BBF"/>
     <w:rsid w:val="00B24866"/>
     <w:rsid w:val="00B33395"/>
     <w:rsid w:val="00B3612B"/>
     <w:rsid w:val="00B42A03"/>
     <w:rsid w:val="00B44332"/>
     <w:rsid w:val="00B524FE"/>
     <w:rsid w:val="00B71614"/>
     <w:rsid w:val="00B93B80"/>
     <w:rsid w:val="00BC60C6"/>
     <w:rsid w:val="00BC7634"/>
     <w:rsid w:val="00BD2E93"/>
     <w:rsid w:val="00BE4708"/>
     <w:rsid w:val="00BF54DB"/>
     <w:rsid w:val="00BF6B49"/>
     <w:rsid w:val="00C0157F"/>
     <w:rsid w:val="00C01748"/>
+    <w:rsid w:val="00C01E4A"/>
     <w:rsid w:val="00C21B65"/>
     <w:rsid w:val="00C2267C"/>
     <w:rsid w:val="00C34523"/>
     <w:rsid w:val="00C43510"/>
     <w:rsid w:val="00C56459"/>
     <w:rsid w:val="00C86B0B"/>
     <w:rsid w:val="00CC0D11"/>
     <w:rsid w:val="00CC7377"/>
     <w:rsid w:val="00CD00F0"/>
     <w:rsid w:val="00CD25AB"/>
     <w:rsid w:val="00CD3BB6"/>
     <w:rsid w:val="00CD3E55"/>
     <w:rsid w:val="00CE104D"/>
     <w:rsid w:val="00D0029B"/>
     <w:rsid w:val="00D2709F"/>
     <w:rsid w:val="00D65EFF"/>
     <w:rsid w:val="00DA0F2A"/>
     <w:rsid w:val="00DA3999"/>
     <w:rsid w:val="00DE75B3"/>
     <w:rsid w:val="00DE789D"/>
     <w:rsid w:val="00E05FDB"/>
     <w:rsid w:val="00E27BC4"/>
     <w:rsid w:val="00E3317E"/>
     <w:rsid w:val="00E44B36"/>
     <w:rsid w:val="00E45303"/>
     <w:rsid w:val="00E5416D"/>
     <w:rsid w:val="00E6701A"/>
     <w:rsid w:val="00E76CD4"/>
     <w:rsid w:val="00E86D78"/>
     <w:rsid w:val="00EC5C54"/>
     <w:rsid w:val="00EF4CA9"/>
     <w:rsid w:val="00EF68B4"/>
     <w:rsid w:val="00F171AC"/>
     <w:rsid w:val="00F343A0"/>
     <w:rsid w:val="00F4031E"/>
     <w:rsid w:val="00F4527D"/>
     <w:rsid w:val="00F540D3"/>
     <w:rsid w:val="00F75551"/>
     <w:rsid w:val="00FA1CE8"/>
     <w:rsid w:val="00FA3194"/>
     <w:rsid w:val="00FB0363"/>
     <w:rsid w:val="00FB15B4"/>
     <w:rsid w:val="00FB64BA"/>
     <w:rsid w:val="00FD635E"/>
     <w:rsid w:val="00FE107B"/>
+    <w:rsid w:val="00FF7405"/>
     <w:rsid w:val="07B771D9"/>
     <w:rsid w:val="08EC5E9A"/>
     <w:rsid w:val="0A699AB2"/>
     <w:rsid w:val="0F4B59A8"/>
     <w:rsid w:val="35207BCE"/>
     <w:rsid w:val="3C7243CA"/>
     <w:rsid w:val="55AD33F2"/>
     <w:rsid w:val="55E0494B"/>
     <w:rsid w:val="5FED5AD6"/>
     <w:rsid w:val="60958143"/>
     <w:rsid w:val="62E0A51F"/>
     <w:rsid w:val="69DDA84D"/>
     <w:rsid w:val="6BF3D6D8"/>
     <w:rsid w:val="75D4F99A"/>
     <w:rsid w:val="778C1823"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -12644,71 +12675,71 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="9326bd46-8c2c-4879-b44c-ce965f3ac557" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="59ef66b6-230b-485a-897e-c57cb2828f0c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004BDF49E0CE88F84DADA339AA8A6B4484" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69995ea975097218f82223ad60769944">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="59ef66b6-230b-485a-897e-c57cb2828f0c" xmlns:ns3="9326bd46-8c2c-4879-b44c-ce965f3ac557" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d2c5e6498e945969017d6755c7b366aa" ns2:_="" ns3:_="">
     <xsd:import namespace="59ef66b6-230b-485a-897e-c57cb2828f0c"/>
     <xsd:import namespace="9326bd46-8c2c-4879-b44c-ce965f3ac557"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -12929,110 +12960,110 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB9F3A72-8B48-472D-9EEB-3E07B3F1CF65}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C090148-19A4-4D46-B8D7-71BA326D614B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C36771E-5739-4FCF-95FE-EF9E2BFB92A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9326bd46-8c2c-4879-b44c-ce965f3ac557"/>
     <ds:schemaRef ds:uri="59ef66b6-230b-485a-897e-c57cb2828f0c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C090148-19A4-4D46-B8D7-71BA326D614B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB9F3A72-8B48-472D-9EEB-3E07B3F1CF65}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A10C44E-40C8-4A46-8654-7DB11A534B2A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="59ef66b6-230b-485a-897e-c57cb2828f0c"/>
     <ds:schemaRef ds:uri="9326bd46-8c2c-4879-b44c-ce965f3ac557"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>9867</Characters>
+  <Pages>11</Pages>
+  <Words>1732</Words>
+  <Characters>9873</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>82</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11575</CharactersWithSpaces>
+  <CharactersWithSpaces>11582</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Patrick Whife</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>